--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -658,190 +658,190 @@
       <c r="B13" s="7">
         <v>35.71</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="7">
         <v>2.48</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="10">
         <v>25.050000000000001</v>
       </c>
       <c r="C16" s="10">
-        <v>28.19</v>
+        <v>28.4</v>
       </c>
       <c r="D16" s="10">
-        <v>24.35</v>
+        <v>24.43</v>
       </c>
       <c r="E16" s="10">
-        <v>33.14</v>
+        <v>33.95</v>
       </c>
       <c r="F16" s="10">
-        <v>644.25999999999999</v>
+        <v>639.38</v>
       </c>
       <c r="G16" s="10">
-        <v>28.02</v>
+        <v>28.33</v>
       </c>
       <c r="H16" s="10">
-        <v>58.96</v>
+        <v>61.030000000000001</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="10">
         <v>18.79</v>
       </c>
       <c r="C17" s="10">
-        <v>32.17</v>
+        <v>32.41</v>
       </c>
       <c r="D17" s="10">
-        <v>15.95</v>
+        <v>16.0</v>
       </c>
       <c r="E17" s="10">
-        <v>24.88</v>
+        <v>25.49</v>
       </c>
       <c r="F17" s="10">
-        <v>721.92999999999995</v>
+        <v>716.47000000000003</v>
       </c>
       <c r="G17" s="10">
         <v>0.0</v>
       </c>
       <c r="H17" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="10">
         <v>0.75</v>
       </c>
       <c r="C18" s="10">
         <v>0.0</v>
       </c>
       <c r="D18" s="10">
         <v>0.46</v>
       </c>
       <c r="E18" s="10">
-        <v>1.0</v>
+        <v>1.02</v>
       </c>
       <c r="F18" s="10">
         <v>0.0</v>
       </c>
       <c r="G18" s="10">
         <v>0.0</v>
       </c>
       <c r="H18" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="10">
         <v>16.86</v>
       </c>
       <c r="C19" s="10">
-        <v>29.24</v>
+        <v>29.46</v>
       </c>
       <c r="D19" s="10">
-        <v>18.96</v>
+        <v>19.02</v>
       </c>
       <c r="E19" s="10">
-        <v>26.53</v>
+        <v>27.18</v>
       </c>
       <c r="F19" s="10">
         <v>0.0</v>
       </c>
       <c r="G19" s="10">
-        <v>19.67</v>
+        <v>19.89</v>
       </c>
       <c r="H19" s="10">
-        <v>37.27</v>
+        <v>38.58</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="10">
         <v>2.47</v>
       </c>
       <c r="C20" s="10">
-        <v>6.72</v>
+        <v>6.77</v>
       </c>
       <c r="D20" s="10">
-        <v>6.03</v>
+        <v>6.05</v>
       </c>
       <c r="E20" s="10">
-        <v>4.49</v>
+        <v>4.6</v>
       </c>
       <c r="F20" s="10">
-        <v>7.39</v>
+        <v>7.33</v>
       </c>
       <c r="G20" s="10">
-        <v>8.89</v>
+        <v>8.99</v>
       </c>
       <c r="H20" s="10">
-        <v>2.94</v>
+        <v>3.05</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="10">
         <v>35.55</v>
       </c>
       <c r="C21" s="10">
-        <v>8.87</v>
+        <v>8.94</v>
       </c>
       <c r="D21" s="10">
         <v>0.0</v>
       </c>
       <c r="E21" s="10">
-        <v>13.91</v>
+        <v>14.25</v>
       </c>
       <c r="F21" s="10">
-        <v>10.16</v>
+        <v>10.08</v>
       </c>
       <c r="G21" s="10">
         <v>0.0</v>
       </c>
       <c r="H21" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>