--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -967,66 +967,66 @@
       <c r="E9" s="11">
         <v>0.285</v>
       </c>
       <c r="F9" s="11">
         <v>0.2366</v>
       </c>
       <c r="G9" s="11">
         <v>0.2846</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="7">
-        <v>0.0</v>
+        <v>0.5029</v>
       </c>
       <c r="C12" s="7">
         <v>0.4885</v>
       </c>
       <c r="D12" s="7">
         <v>0.4698</v>
       </c>
       <c r="E12" s="7">
         <v>0.4381</v>
       </c>
       <c r="F12" s="7">
         <v>0.4203</v>
       </c>
       <c r="G12" s="7">
-        <v>0.3957</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>0.3342</v>
       </c>
       <c r="C13" s="7">
         <v>0.3338</v>
       </c>
       <c r="D13" s="7">
         <v>0.3353</v>
       </c>
       <c r="E13" s="7">
         <v>0.3363</v>
       </c>
       <c r="F13" s="7">
         <v>0.3395</v>
       </c>
       <c r="G13" s="7">
         <v>0.3409</v>
       </c>
     </row>
@@ -1190,66 +1190,66 @@
       <c r="E9" s="11">
         <v>0.0979</v>
       </c>
       <c r="F9" s="11">
         <v>0.0181</v>
       </c>
       <c r="G9" s="11">
         <v>0.1059</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="7">
-        <v>0.0</v>
+        <v>0.1116</v>
       </c>
       <c r="C12" s="7">
         <v>0.1075</v>
       </c>
       <c r="D12" s="7">
         <v>0.0641</v>
       </c>
       <c r="E12" s="7">
         <v>0.0238</v>
       </c>
       <c r="F12" s="7">
         <v>0.053</v>
       </c>
       <c r="G12" s="7">
-        <v>0.0593</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>0.1349</v>
       </c>
       <c r="C13" s="7">
         <v>0.1421</v>
       </c>
       <c r="D13" s="7">
         <v>0.1527</v>
       </c>
       <c r="E13" s="7">
         <v>0.1524</v>
       </c>
       <c r="F13" s="7">
         <v>0.1384</v>
       </c>
       <c r="G13" s="7">
         <v>0.1437</v>
       </c>
     </row>
@@ -1469,66 +1469,66 @@
       <c r="E9" s="11">
         <v>0.0676</v>
       </c>
       <c r="F9" s="11">
         <v>0.0028</v>
       </c>
       <c r="G9" s="11">
         <v>0.0784</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="7">
-        <v>0.0</v>
+        <v>0.1083</v>
       </c>
       <c r="C12" s="7">
         <v>0.0929</v>
       </c>
       <c r="D12" s="7">
         <v>0.0529</v>
       </c>
       <c r="E12" s="7">
         <v>-0.0053</v>
       </c>
       <c r="F12" s="7">
         <v>0.071</v>
       </c>
       <c r="G12" s="7">
-        <v>0.0553</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>0.0928</v>
       </c>
       <c r="C13" s="7">
         <v>0.0992</v>
       </c>
       <c r="D13" s="7">
         <v>0.1087</v>
       </c>
       <c r="E13" s="7">
         <v>0.1087</v>
       </c>
       <c r="F13" s="7">
         <v>0.0974</v>
       </c>
       <c r="G13" s="7">
         <v>0.102</v>
       </c>
     </row>
@@ -1748,66 +1748,66 @@
       <c r="E9" s="11">
         <v>0.5469</v>
       </c>
       <c r="F9" s="11">
         <v>0.0155</v>
       </c>
       <c r="G9" s="11">
         <v>0.5501</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="7">
-        <v>0.0</v>
+        <v>0.1889</v>
       </c>
       <c r="C12" s="7">
         <v>0.2072</v>
       </c>
       <c r="D12" s="7">
         <v>0.1507</v>
       </c>
       <c r="E12" s="7">
         <v>-0.0186</v>
       </c>
       <c r="F12" s="7">
         <v>0.2413</v>
       </c>
       <c r="G12" s="7">
-        <v>0.2284</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>2.2298</v>
       </c>
       <c r="C13" s="7">
         <v>14.5048</v>
       </c>
       <c r="D13" s="7">
         <v>10.9507</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>3.9</v>
       </c>
       <c r="G13" s="7">
         <v>0.0</v>
       </c>
     </row>
@@ -2027,66 +2027,66 @@
       <c r="E9" s="11">
         <v>0.1153</v>
       </c>
       <c r="F9" s="11">
         <v>0.0029</v>
       </c>
       <c r="G9" s="11">
         <v>0.1355</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="7">
-        <v>0.0</v>
+        <v>0.0949</v>
       </c>
       <c r="C12" s="7">
         <v>0.0948</v>
       </c>
       <c r="D12" s="7">
         <v>0.0576</v>
       </c>
       <c r="E12" s="7">
         <v>-0.0059</v>
       </c>
       <c r="F12" s="7">
         <v>0.0793</v>
       </c>
       <c r="G12" s="7">
-        <v>0.0664</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>0.154</v>
       </c>
       <c r="C13" s="7">
         <v>0.1979</v>
       </c>
       <c r="D13" s="7">
         <v>0.2238</v>
       </c>
       <c r="E13" s="7">
         <v>0.2286</v>
       </c>
       <c r="F13" s="7">
         <v>0.1823</v>
       </c>
       <c r="G13" s="7">
         <v>0.2194</v>
       </c>
     </row>