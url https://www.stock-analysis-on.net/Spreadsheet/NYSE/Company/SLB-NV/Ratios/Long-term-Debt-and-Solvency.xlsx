--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -113,102 +113,102 @@
   <si>
     <t>Total debt</t>
   </si>
   <si>
     <t>Total SLB stockholders’ equity</t>
   </si>
   <si>
     <t>Solvency Ratio</t>
   </si>
   <si>
     <t>Benchmarks</t>
   </si>
   <si>
     <t>Debt to Equity, Industry</t>
   </si>
   <si>
     <t>Energy</t>
   </si>
   <si>
     <t>Debt to Equity (including Operating Lease Liability)</t>
   </si>
   <si>
     <t>Operating lease liabilities (recognized in Accounts payable and accrued liabilities)</t>
   </si>
   <si>
-    <t>Operating lease liabilities (recognized in Other Liabilities)</t>
+    <t>Operating lease liabilities (recognized in Other liabilities)</t>
   </si>
   <si>
     <t>Total debt (including operating lease liability)</t>
   </si>
   <si>
     <t>Debt to Equity (including Operating Lease Liability), Industry</t>
   </si>
   <si>
     <t>Debt to Capital</t>
   </si>
   <si>
     <t>Total capital</t>
   </si>
   <si>
     <t>Debt to Capital, Industry</t>
   </si>
   <si>
     <t>Debt to Capital (including Operating Lease Liability)</t>
   </si>
   <si>
     <t>Total capital (including operating lease liability)</t>
   </si>
   <si>
     <t>Debt to Capital (including Operating Lease Liability), Industry</t>
   </si>
   <si>
     <t>Debt to Assets</t>
   </si>
   <si>
     <t>Total assets</t>
   </si>
   <si>
     <t>Debt to Assets, Industry</t>
   </si>
   <si>
     <t>Debt to Assets (including Operating Lease Liability)</t>
   </si>
   <si>
     <t>Debt to Assets (including Operating Lease Liability), Industry</t>
   </si>
   <si>
     <t>Financial Leverage</t>
   </si>
   <si>
     <t>Financial Leverage, Industry</t>
   </si>
   <si>
     <t>Interest Coverage</t>
   </si>
   <si>
-    <t>Net income (loss) attributable to SLB</t>
+    <t>Net income attributable to SLB</t>
   </si>
   <si>
     <t>Add: Net income attributable to noncontrolling interest</t>
   </si>
   <si>
     <t>Add: Income tax expense</t>
   </si>
   <si>
     <t>Add: Interest expense</t>
   </si>
   <si>
     <t>Earnings before interest and tax (EBIT)</t>
   </si>
   <si>
     <t>Interest Coverage, Industry</t>
   </si>
   <si>
     <t>Fixed Charge Coverage</t>
   </si>
   <si>
     <t>Add: Operating lease expense</t>
   </si>
   <si>
     <t>Earnings before fixed charges and tax</t>
   </si>
@@ -752,63 +752,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
@@ -1008,63 +1008,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1334,63 +1334,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1540,63 +1540,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1806,63 +1806,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2032,63 +2032,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2318,63 +2318,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2524,63 +2524,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2790,63 +2790,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>37</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2956,63 +2956,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>