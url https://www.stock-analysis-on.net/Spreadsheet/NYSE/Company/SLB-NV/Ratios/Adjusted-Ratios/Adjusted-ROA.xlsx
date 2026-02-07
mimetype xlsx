--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -29,66 +29,66 @@
     <sheet name="Adjusted ROA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Paying users area. Data is not available!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>Adjusted Return on Assets (ROA)</t>
   </si>
   <si>
     <t>Reported</t>
   </si>
   <si>
     <t>Selected Financial Data (US$ in millions</t>
   </si>
   <si>
-    <t>Net income (loss) attributable to SLB</t>
+    <t>Net income attributable to SLB</t>
   </si>
   <si>
     <t>Total assets</t>
   </si>
   <si>
     <t>Profitability Ratio</t>
   </si>
   <si>
     <t>ROA</t>
   </si>
   <si>
     <t>Adjusted</t>
   </si>
   <si>
-    <t>Adjusted net income (loss)</t>
+    <t>Adjusted net income</t>
   </si>
   <si>
     <t>Adjusted total assets</t>
   </si>
   <si>
     <t>Adjusted ROA</t>
   </si>
   <si>
     <t>Source: https://www.stock-analysis-on.net/NYSE/Company/SLB-NV/Ratios/Adjusted-Ratios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-409]mmm d, yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
@@ -554,63 +554,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>