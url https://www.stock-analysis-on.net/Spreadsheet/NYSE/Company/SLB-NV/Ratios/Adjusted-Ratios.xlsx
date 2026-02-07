--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -174,60 +174,60 @@
   <si>
     <t>Total capital</t>
   </si>
   <si>
     <t>Debt to capital</t>
   </si>
   <si>
     <t>Adjusted total capital</t>
   </si>
   <si>
     <t>Adjusted debt to capital</t>
   </si>
   <si>
     <t>Adjusted Financial Leverage</t>
   </si>
   <si>
     <t>Financial leverage</t>
   </si>
   <si>
     <t>Adjusted financial leverage</t>
   </si>
   <si>
     <t>Adjusted Net Profit Margin</t>
   </si>
   <si>
-    <t>Net income (loss) attributable to SLB</t>
+    <t>Net income attributable to SLB</t>
   </si>
   <si>
     <t>Profitability Ratio</t>
   </si>
   <si>
     <t>Net profit margin</t>
   </si>
   <si>
-    <t>Adjusted net income (loss)</t>
+    <t>Adjusted net income</t>
   </si>
   <si>
     <t>Adjusted net profit margin</t>
   </si>
   <si>
     <t>Adjusted Return on Equity (ROE)</t>
   </si>
   <si>
     <t>ROE</t>
   </si>
   <si>
     <t>Adjusted ROE</t>
   </si>
   <si>
     <t>Adjusted Return on Assets (ROA)</t>
   </si>
   <si>
     <t>ROA</t>
   </si>
   <si>
     <t>Adjusted ROA</t>
   </si>
 </sst>
 </file>
 
@@ -747,63 +747,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
@@ -1193,63 +1193,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
@@ -1409,63 +1409,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
@@ -1625,63 +1625,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
@@ -1841,63 +1841,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
@@ -2057,63 +2057,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
@@ -2273,63 +2273,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
@@ -2489,63 +2489,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
@@ -2705,63 +2705,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>