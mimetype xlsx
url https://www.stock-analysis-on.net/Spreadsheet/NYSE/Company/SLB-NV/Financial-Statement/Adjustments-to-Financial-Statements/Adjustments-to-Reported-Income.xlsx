--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -20,84 +20,84 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Net Income" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Paying users area. Data is not available!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
-    <t>Adjusted net income (loss) attributable to SLB</t>
+    <t>Adjusted net income attributable to SLB</t>
   </si>
   <si>
     <t>US$ in millions</t>
   </si>
   <si>
     <t>12 months ended:</t>
   </si>
   <si>
     <t>As Reported</t>
   </si>
   <si>
-    <t>Net income (loss) attributable to SLB</t>
+    <t>Net income attributable to SLB</t>
   </si>
   <si>
     <t>Adjustments</t>
   </si>
   <si>
     <t>Add: Deferred income tax expense (benefit)</t>
   </si>
   <si>
     <t>Add: Increase (decrease) in allowance for doubtful accounts</t>
   </si>
   <si>
     <t>Add: Other comprehensive income (loss)</t>
   </si>
   <si>
     <t>Add: Comprehensive income (loss), net of tax, attributable to noncontrolling interest</t>
   </si>
   <si>
     <t>After Adjustment</t>
   </si>
   <si>
-    <t>Adjusted net income (loss)</t>
+    <t>Adjusted net income</t>
   </si>
   <si>
     <t>Source: https://www.stock-analysis-on.net/NYSE/Company/SLB-NV/Financial-Statement/Adjustments-to-Financial-Statements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm d, yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -551,63 +551,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>