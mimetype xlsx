--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -53,51 +53,51 @@
   <si>
     <t>Short-term borrowings and current portion of long-term debt</t>
   </si>
   <si>
     <t>Long-term debt, excluding current portion</t>
   </si>
   <si>
     <t>Total reported debt</t>
   </si>
   <si>
     <t>Total SLB stockholders’ equity</t>
   </si>
   <si>
     <t>Total reported capital</t>
   </si>
   <si>
     <t>Adjustments to Debt</t>
   </si>
   <si>
     <t>Add: Operating lease liability (before adoption of FASB Topic 842)</t>
   </si>
   <si>
     <t>Add: Operating lease liabilities (recognized in Accounts payable and accrued liabilities)</t>
   </si>
   <si>
-    <t>Add: Operating lease liabilities (recognized in Other Liabilities)</t>
+    <t>Add: Operating lease liabilities (recognized in Other liabilities)</t>
   </si>
   <si>
     <t>Adjusted total debt</t>
   </si>
   <si>
     <t>Adjustments to Equity</t>
   </si>
   <si>
     <t>Less: Net deferred tax assets (liabilities)</t>
   </si>
   <si>
     <t>Add: Allowance for doubtful accounts</t>
   </si>
   <si>
     <t>Add: Noncontrolling interests</t>
   </si>
   <si>
     <t>Adjusted total equity</t>
   </si>
   <si>
     <t>After Adjustment</t>
   </si>
   <si>
     <t>Adjusted total capital</t>
   </si>
@@ -576,63 +576,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>