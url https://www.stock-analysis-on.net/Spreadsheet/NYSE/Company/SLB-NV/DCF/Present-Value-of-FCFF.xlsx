--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Paying users area. Data is not available!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>Free cash flow to the firm (FCFF) forecast</t>
   </si>
   <si>
     <t>US$ in millions, except per share data</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>FCFF(t) or TV(t)</t>
   </si>
   <si>
-    <t>Present value at 17.13%</t>
+    <t>Present value at 12.50%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Intrinsic value of SLB N.V. capital</t>
   </si>
@@ -110,51 +110,51 @@
   <si>
     <t>Weight</t>
   </si>
   <si>
     <t>Required rate of return</t>
   </si>
   <si>
     <t>Equity (fair value)</t>
   </si>
   <si>
     <t>Debt (fair value)</t>
   </si>
   <si>
     <t>FCFF growth rate (g) implied by PRAT model</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Selected Financial Data (US$ in millions</t>
   </si>
   <si>
     <t>Interest expense</t>
   </si>
   <si>
-    <t>Net income (loss) attributable to SLB</t>
+    <t>Net income attributable to SLB</t>
   </si>
   <si>
     <t>Effective income tax rate (EITR)</t>
   </si>
   <si>
     <t>Interest expense, after tax</t>
   </si>
   <si>
     <t>Add: Dividends declared</t>
   </si>
   <si>
     <t>Interest expense (after tax) and dividends</t>
   </si>
   <si>
     <t>EBIT(1 – EITR)</t>
   </si>
   <si>
     <t>Short-term borrowings and current portion of long-term debt</t>
   </si>
   <si>
     <t>Long-term debt, excluding current portion</t>
   </si>
   <si>
     <t>Total SLB stockholders’ equity</t>
   </si>
@@ -1002,63 +1002,63 @@
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="12"/>
       <c r="B6" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="15">
+        <v>46022</v>
+      </c>
+      <c r="D6" s="15">
         <v>45657</v>
       </c>
-      <c r="D6" s="15">
+      <c r="E6" s="15">
         <v>45291</v>
       </c>
-      <c r="E6" s="15">
+      <c r="F6" s="15">
         <v>44926</v>
       </c>
-      <c r="F6" s="15">
+      <c r="G6" s="15">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="34.8">
       <c r="A7" s="16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="6" t="e">
         <v>#N/A</v>