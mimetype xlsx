--- v1 (2026-02-07)
+++ v2 (2026-02-07)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Paying users area. Data is not available!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>Free cash flow to the firm (FCFF) forecast</t>
   </si>
   <si>
     <t>US$ in millions, except per share data</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>FCFF(t) or TV(t)</t>
   </si>
   <si>
-    <t>Present value at 12.50%</t>
+    <t>Present value at 12.53%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Intrinsic value of SLB N.V. capital</t>
   </si>