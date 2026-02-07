--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -56,108 +56,108 @@
   <si>
     <t>Revenue</t>
   </si>
   <si>
     <t>Cost of services</t>
   </si>
   <si>
     <t>Cost of sales</t>
   </si>
   <si>
     <t>Cost of revenue</t>
   </si>
   <si>
     <t>Gross margin</t>
   </si>
   <si>
     <t>Research &amp; engineering</t>
   </si>
   <si>
     <t>General &amp; administrative</t>
   </si>
   <si>
     <t>Restructuring &amp; other</t>
   </si>
   <si>
+    <t>Impairments</t>
+  </si>
+  <si>
     <t>Merger &amp; integration</t>
   </si>
   <si>
-    <t>Impairments &amp; other</t>
-[...2 lines deleted...]
-    <t>Operating income (loss)</t>
+    <t>Operating income</t>
   </si>
   <si>
     <t>Earnings of equity method investments</t>
   </si>
   <si>
+    <t>Gain on sale of Palliser APS project</t>
+  </si>
+  <si>
     <t>Interest income</t>
   </si>
   <si>
     <t>Gain on sale of investment</t>
   </si>
   <si>
     <t>Gain on sale of Liberty shares</t>
   </si>
   <si>
     <t>Loss on Blue Chip Swap transactions</t>
   </si>
   <si>
     <t>Gain on ADC equity investment</t>
   </si>
   <si>
     <t>Gain on sale of real estate</t>
   </si>
   <si>
     <t>Gain on repurchase of bonds</t>
   </si>
   <si>
     <t>Unrealized gain on marketable securities</t>
   </si>
   <si>
-    <t>Gains on sales of businesses</t>
-[...1 lines deleted...]
-  <si>
     <t>Interest &amp; other income, net</t>
   </si>
   <si>
     <t>Interest expense</t>
   </si>
   <si>
-    <t>Income (loss) before taxes</t>
-[...5 lines deleted...]
-    <t>Net income (loss)</t>
+    <t>Income before taxes</t>
+  </si>
+  <si>
+    <t>Tax expense</t>
+  </si>
+  <si>
+    <t>Net income</t>
   </si>
   <si>
     <t>Net income attributable to noncontrolling interests</t>
   </si>
   <si>
-    <t>Net income (loss) attributable to SLB</t>
+    <t>Net income attributable to SLB</t>
   </si>
   <si>
     <t>Source: https://www.stock-analysis-on.net/NYSE/Company/SLB-NV/Common-Size/Income-Statement</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm d, yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -603,63 +603,63 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>