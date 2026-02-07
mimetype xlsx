--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -12,95 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Assets" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Paying users area. Data is not available!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>Common-Size Consolidated Balance Sheet: Assets</t>
   </si>
   <si>
     <t>Quarterly Data</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Short-term investments</t>
   </si>
   <si>
     <t>Receivables less allowance for doubtful accounts</t>
   </si>
   <si>
     <t>Inventories</t>
   </si>
   <si>
     <t>Other current assets</t>
   </si>
   <si>
     <t>Current assets</t>
   </si>
   <si>
     <t>Investments in affiliated companies</t>
   </si>
   <si>
     <t>Fixed assets less accumulated depreciation</t>
   </si>
   <si>
     <t>Goodwill</t>
   </si>
   <si>
     <t>Intangible assets</t>
-  </si>
-[...1 lines deleted...]
-    <t>Deferred taxes</t>
   </si>
   <si>
     <t>Other assets</t>
   </si>
   <si>
     <t>Noncurrent assets</t>
   </si>
   <si>
     <t>Total assets</t>
   </si>
   <si>
     <t>Source: https://www.stock-analysis-on.net/NYSE/Company/SLB-NV/Common-Size/Assets/Quarterly-Data</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm d, yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -528,154 +525,145 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X22"/>
+  <dimension ref="A1:U21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X22" sqref="X22"/>
+      <selection activeCell="U21" sqref="U21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:21">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:21">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:24">
+    <row r="4" spans="1:21">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:21">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:24">
+    <row r="7" spans="1:21">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
+      <c r="R7" s="6">
         <v>44561</v>
       </c>
-      <c r="R7" s="6">
+      <c r="S7" s="6">
         <v>44469</v>
       </c>
-      <c r="S7" s="6">
+      <c r="T7" s="6">
         <v>44377</v>
       </c>
-      <c r="T7" s="6">
+      <c r="U7" s="6">
         <v>44286</v>
       </c>
-      <c r="U7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:24">
+    </row>
+    <row r="8" spans="1:21">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I8" s="8" t="e">
@@ -695,61 +683,52 @@
       </c>
       <c r="N8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U8" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V8" s="8" t="e">
-[...9 lines deleted...]
-    <row r="9" spans="1:24">
+    </row>
+    <row r="9" spans="1:21">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="8" t="e">
@@ -769,61 +748,52 @@
       </c>
       <c r="N9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U9" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V9" s="8" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:21">
       <c r="A10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="8" t="e">
@@ -843,61 +813,52 @@
       </c>
       <c r="N10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U10" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V10" s="8" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:21">
       <c r="A11" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="8" t="e">
@@ -917,61 +878,52 @@
       </c>
       <c r="N11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U11" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V11" s="8" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:24">
+    </row>
+    <row r="12" spans="1:21">
       <c r="A12" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="8" t="e">
@@ -991,61 +943,52 @@
       </c>
       <c r="N12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U12" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V12" s="8" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:21">
       <c r="A13" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="10" t="e">
@@ -1065,61 +1008,52 @@
       </c>
       <c r="N13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="R13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="S13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="T13" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="U13" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V13" s="10" t="e">
-[...9 lines deleted...]
-    <row r="14" spans="1:24">
+    </row>
+    <row r="14" spans="1:21">
       <c r="A14" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="8" t="e">
@@ -1139,61 +1073,52 @@
       </c>
       <c r="N14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U14" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V14" s="8" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:24">
+    </row>
+    <row r="15" spans="1:21">
       <c r="A15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="8" t="e">
@@ -1213,61 +1138,52 @@
       </c>
       <c r="N15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U15" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V15" s="8" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:21">
       <c r="A16" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="8" t="e">
@@ -1287,61 +1203,52 @@
       </c>
       <c r="N16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U16" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V16" s="8" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:24">
+    </row>
+    <row r="17" spans="1:21">
       <c r="A17" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="8" t="e">
@@ -1361,61 +1268,52 @@
       </c>
       <c r="N17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U17" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V17" s="8" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:24">
+    </row>
+    <row r="18" spans="1:21">
       <c r="A18" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="8" t="e">
@@ -1435,136 +1333,118 @@
       </c>
       <c r="N18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U18" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V18" s="8" t="e">
-[...10 lines deleted...]
-      <c r="A19" s="7" t="s">
+    </row>
+    <row r="19" spans="1:21">
+      <c r="A19" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="B19" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A20" s="9" t="s">
+      <c r="B19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21">
+      <c r="A20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="10" t="e">
         <v>#N/A</v>
@@ -1583,161 +1463,75 @@
       </c>
       <c r="N20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="R20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="S20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="T20" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="U20" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V20" s="10" t="e">
-[...10 lines deleted...]
-      <c r="A21" s="11" t="s">
+    </row>
+    <row r="21" spans="1:21">
+      <c r="A21" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="B21" s="10" t="e">
-[...95 lines deleted...]
-      <c r="X22" s="12"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="12"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="12"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="12"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="12"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="12"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="12"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">