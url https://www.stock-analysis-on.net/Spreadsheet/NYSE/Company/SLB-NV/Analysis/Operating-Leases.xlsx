--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -58,51 +58,51 @@
   <si>
     <t>Adjustment to Total Assets</t>
   </si>
   <si>
     <t>Total assets (as reported)</t>
   </si>
   <si>
     <t>Add: Operating lease right-of-use asset (before adoption of FASB Topic 842)</t>
   </si>
   <si>
     <t>Total assets (adjusted)</t>
   </si>
   <si>
     <t>Adjustment to Total Debt</t>
   </si>
   <si>
     <t>Total debt (as reported)</t>
   </si>
   <si>
     <t>Add: Operating lease liability (before adoption of FASB Topic 842)</t>
   </si>
   <si>
     <t>Add: Operating lease liabilities (recognized in Accounts payable and accrued liabilities)</t>
   </si>
   <si>
-    <t>Add: Operating lease liabilities (recognized in Other Liabilities)</t>
+    <t>Add: Operating lease liabilities (recognized in Other liabilities)</t>
   </si>
   <si>
     <t>Total debt (adjusted)</t>
   </si>
   <si>
     <t>Source: https://www.stock-analysis-on.net/NYSE/Company/SLB-NV/Analysis/Operating-Leases</t>
   </si>
   <si>
     <t>Adjusted financial ratios for operating leases</t>
   </si>
   <si>
     <t>Total Asset Turnover</t>
   </si>
   <si>
     <t>Reported total asset turnover</t>
   </si>
   <si>
     <t>Adjusted total asset turnover</t>
   </si>
   <si>
     <t>Debt to Equity</t>
   </si>
   <si>
     <t>Reported debt to equity</t>
   </si>
@@ -145,51 +145,51 @@
   <si>
     <t>Adjusted total assets</t>
   </si>
   <si>
     <t>Adjusted Debt to Equity</t>
   </si>
   <si>
     <t>Total debt</t>
   </si>
   <si>
     <t>Total SLB stockholders’ equity</t>
   </si>
   <si>
     <t>Solvency Ratio</t>
   </si>
   <si>
     <t>Debt to equity</t>
   </si>
   <si>
     <t>Adjusted total debt</t>
   </si>
   <si>
     <t>Adjusted Return on Assets (ROA)</t>
   </si>
   <si>
-    <t>Net income (loss) attributable to SLB</t>
+    <t>Net income attributable to SLB</t>
   </si>
   <si>
     <t>Profitability Ratio</t>
   </si>
   <si>
     <t>ROA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-409]mmm d, yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -692,63 +692,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -928,63 +928,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="12" t="e">
         <v>#N/A</v>
@@ -1129,63 +1129,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
@@ -1345,63 +1345,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
@@ -1561,63 +1561,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
         <v>41</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>