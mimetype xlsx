--- v0 (2025-10-24)
+++ v1 (2026-02-08)
@@ -94,60 +94,60 @@
   <si>
     <t>Adjustments to financial statements: Removal of goodwill</t>
   </si>
   <si>
     <t>Adjustment to Total Assets</t>
   </si>
   <si>
     <t>Total assets (as reported)</t>
   </si>
   <si>
     <t>Less: Goodwill</t>
   </si>
   <si>
     <t>Total assets (adjusted)</t>
   </si>
   <si>
     <t>Adjustment to Total SLB Stockholders’ Equity</t>
   </si>
   <si>
     <t>Total SLB stockholders’ equity (as reported)</t>
   </si>
   <si>
     <t>Total SLB stockholders’ equity (adjusted)</t>
   </si>
   <si>
-    <t>Adjustment to Net Income (loss) Attributable To SLB</t>
-[...2 lines deleted...]
-    <t>Net income (loss) attributable to SLB (as reported)</t>
+    <t>Adjustment to Net Income Attributable To SLB</t>
+  </si>
+  <si>
+    <t>Net income attributable to SLB (as reported)</t>
   </si>
   <si>
     <t>Add: Goodwill impairment</t>
   </si>
   <si>
-    <t>Net income (loss) attributable to SLB (adjusted)</t>
+    <t>Net income attributable to SLB (adjusted)</t>
   </si>
   <si>
     <t>Adjusted financial ratios: Removal of goodwill</t>
   </si>
   <si>
     <t>Net Profit Margin</t>
   </si>
   <si>
     <t>Reported net profit margin</t>
   </si>
   <si>
     <t>Adjusted net profit margin</t>
   </si>
   <si>
     <t>Total Asset Turnover</t>
   </si>
   <si>
     <t>Reported total asset turnover</t>
   </si>
   <si>
     <t>Adjusted total asset turnover</t>
   </si>
   <si>
     <t>Financial Leverage</t>
   </si>
@@ -163,66 +163,66 @@
   <si>
     <t>Reported ROE</t>
   </si>
   <si>
     <t>Adjusted ROE</t>
   </si>
   <si>
     <t>Return on Assets (ROA)</t>
   </si>
   <si>
     <t>Reported ROA</t>
   </si>
   <si>
     <t>Adjusted ROA</t>
   </si>
   <si>
     <t>Adjusted Net Profit Margin</t>
   </si>
   <si>
     <t>As Reported</t>
   </si>
   <si>
     <t>Selected Financial Data (US$ in millions</t>
   </si>
   <si>
-    <t>Net income (loss) attributable to SLB</t>
+    <t>Net income attributable to SLB</t>
   </si>
   <si>
     <t>Revenue</t>
   </si>
   <si>
     <t>Profitability Ratio</t>
   </si>
   <si>
     <t>Net profit margin</t>
   </si>
   <si>
     <t>Adjusted for Goodwill</t>
   </si>
   <si>
-    <t>Adjusted net income (loss) attributable to SLB</t>
+    <t>Adjusted net income attributable to SLB</t>
   </si>
   <si>
     <t>Adjusted Total Asset Turnover</t>
   </si>
   <si>
     <t>Total assets</t>
   </si>
   <si>
     <t>Activity Ratio</t>
   </si>
   <si>
     <t>Total asset turnover</t>
   </si>
   <si>
     <t>Adjusted total assets</t>
   </si>
   <si>
     <t>Adjusted Financial Leverage</t>
   </si>
   <si>
     <t>Total SLB stockholders’ equity</t>
   </si>
   <si>
     <t>Solvency Ratio</t>
   </si>
@@ -782,63 +782,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>5</v>
@@ -1033,63 +1033,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
@@ -1294,63 +1294,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="11" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="17" t="e">
         <v>#N/A</v>
@@ -1585,63 +1585,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -1801,63 +1801,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -2017,63 +2017,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>52</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -2233,63 +2233,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -2449,63 +2449,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>