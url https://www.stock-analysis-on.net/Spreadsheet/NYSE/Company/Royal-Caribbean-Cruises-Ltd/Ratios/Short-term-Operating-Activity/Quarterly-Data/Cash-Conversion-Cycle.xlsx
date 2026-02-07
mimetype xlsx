--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -888,60 +888,60 @@
       <c r="S12" s="10">
         <v>-10.0</v>
       </c>
     </row>
     <row r="13" spans="1:19" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:19" customHeight="1" ht="28.8">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="8">
         <v>-3.0</v>
       </c>
       <c r="C15" s="8">
         <v>-4.0</v>
       </c>
       <c r="D15" s="8">
-        <v>-3.0</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="8">
-        <v>-5.0</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="8">
-        <v>-4.0</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="8">
-        <v>-4.0</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="8">
         <v>0.0</v>
       </c>
       <c r="I15" s="8">
         <v>0.0</v>
       </c>
       <c r="J15" s="8">
         <v>0.0</v>
       </c>
       <c r="K15" s="8">
         <v>0.0</v>
       </c>
       <c r="L15" s="8">
         <v>0.0</v>
       </c>
       <c r="M15" s="8">
         <v>0.0</v>
       </c>
       <c r="N15" s="8">
         <v>0.0</v>
       </c>
       <c r="O15" s="8">
         <v>0.0</v>
       </c>