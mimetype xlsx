--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -887,60 +887,60 @@
       </c>
       <c r="P12" s="13">
         <v>0.0</v>
       </c>
       <c r="Q12" s="13">
         <v>0.0</v>
       </c>
       <c r="R12" s="13">
         <v>0.0</v>
       </c>
       <c r="S12" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="13">
         <v>4.0</v>
       </c>
       <c r="C13" s="13">
         <v>4.0</v>
       </c>
       <c r="D13" s="13">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="E13" s="13">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="13">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="G13" s="13">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="H13" s="13">
         <v>0.0</v>
       </c>
       <c r="I13" s="13">
         <v>0.0</v>
       </c>
       <c r="J13" s="13">
         <v>0.0</v>
       </c>
       <c r="K13" s="13">
         <v>0.0</v>
       </c>
       <c r="L13" s="13">
         <v>0.0</v>
       </c>
       <c r="M13" s="13">
         <v>0.0</v>
       </c>
       <c r="N13" s="13">
         <v>0.0</v>
       </c>
       <c r="O13" s="13">
         <v>0.0</v>
       </c>