--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -684,51 +684,51 @@
       <c r="E11" s="9">
         <v>-11.0</v>
       </c>
       <c r="F11" s="9">
         <v>-6.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7">
         <v>-3.0</v>
       </c>
       <c r="C14" s="7">
-        <v>-1.0</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="7">
         <v>27.0</v>
       </c>
       <c r="C15" s="7">
         <v>59.0</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">