--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1174,51 +1174,51 @@
       <c r="E11" s="10">
         <v>-11.0</v>
       </c>
       <c r="F11" s="10">
         <v>-6.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8">
         <v>-3.0</v>
       </c>
       <c r="C14" s="8">
-        <v>-1.0</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="8">
         <v>0.0</v>
       </c>
       <c r="E14" s="8">
         <v>0.0</v>
       </c>
       <c r="F14" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="8">
         <v>27.0</v>
       </c>
       <c r="C15" s="8">
         <v>59.0</v>
       </c>
       <c r="D15" s="8">
         <v>0.0</v>
       </c>
       <c r="E15" s="8">
@@ -1425,51 +1425,51 @@
       <c r="E9" s="14">
         <v>34.27</v>
       </c>
       <c r="F9" s="14">
         <v>43.96</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="15" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="7">
         <v>177.91</v>
       </c>
       <c r="C12" s="7">
-        <v>186.94</v>
+        <v>0.0</v>
       </c>
       <c r="D12" s="7">
         <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="7">
         <v>144.74000000000001</v>
       </c>
       <c r="C13" s="7">
         <v>136.62</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
@@ -1716,51 +1716,51 @@
       </c>
       <c r="B13" s="7">
         <v>8.07</v>
       </c>
       <c r="C13" s="7">
         <v>12.85</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="7">
         <v>75.77</v>
       </c>
       <c r="C14" s="7">
-        <v>57.27</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="7">
         <v>14.0099999999999998</v>
       </c>
       <c r="C15" s="7">
         <v>9.92</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">
@@ -2027,51 +2027,51 @@
       </c>
       <c r="B13" s="7">
         <v>6.91</v>
       </c>
       <c r="C13" s="7">
         <v>9.25</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="7">
         <v>35.79</v>
       </c>
       <c r="C14" s="7">
-        <v>40.52</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="7">
         <v>14.52</v>
       </c>
       <c r="C15" s="7">
         <v>17.1</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">
@@ -2378,51 +2378,51 @@
       </c>
       <c r="B16" s="7">
         <v>1.59</v>
       </c>
       <c r="C16" s="7">
         <v>0.77</v>
       </c>
       <c r="D16" s="7">
         <v>0.0</v>
       </c>
       <c r="E16" s="7">
         <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="7">
         <v>14.86</v>
       </c>
       <c r="C17" s="7">
-        <v>10.0099999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="7">
         <v>0.0</v>
       </c>
       <c r="E17" s="7">
         <v>0.0</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="7">
         <v>1.74</v>
       </c>
       <c r="C18" s="7">
         <v>0.7</v>
       </c>
       <c r="D18" s="7">
         <v>0.0</v>
       </c>
       <c r="E18" s="7">
@@ -2629,51 +2629,51 @@
       <c r="E8" s="10">
         <v>11.0</v>
       </c>
       <c r="F8" s="10">
         <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="8">
         <v>2.0</v>
       </c>
       <c r="C11" s="8">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="D11" s="8">
         <v>0.0</v>
       </c>
       <c r="E11" s="8">
         <v>0.0</v>
       </c>
       <c r="F11" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="8">
         <v>3.0</v>
       </c>
       <c r="C12" s="8">
         <v>3.0</v>
       </c>
       <c r="D12" s="8">
         <v>0.0</v>
       </c>
       <c r="E12" s="8">
@@ -2900,51 +2900,51 @@
       </c>
       <c r="B12" s="8">
         <v>45.0</v>
       </c>
       <c r="C12" s="8">
         <v>28.0</v>
       </c>
       <c r="D12" s="8">
         <v>0.0</v>
       </c>
       <c r="E12" s="8">
         <v>0.0</v>
       </c>
       <c r="F12" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>5.0</v>
       </c>
       <c r="C13" s="8">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="D13" s="8">
         <v>0.0</v>
       </c>
       <c r="E13" s="8">
         <v>0.0</v>
       </c>
       <c r="F13" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="8">
         <v>26.0</v>
       </c>
       <c r="C14" s="8">
         <v>37.0</v>
       </c>
       <c r="D14" s="8">
         <v>0.0</v>
       </c>
       <c r="E14" s="8">
@@ -3176,51 +3176,51 @@
       <c r="E10" s="10">
         <v>23.0</v>
       </c>
       <c r="F10" s="10">
         <v>21.0</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="34.8">
       <c r="A11" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="28.8">
       <c r="A12" s="15" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>7.0</v>
       </c>
       <c r="C13" s="8">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
       <c r="D13" s="8">
         <v>0.0</v>
       </c>
       <c r="E13" s="8">
         <v>0.0</v>
       </c>
       <c r="F13" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>73.0</v>
       </c>
       <c r="C14" s="8">
         <v>98.0</v>
       </c>
       <c r="D14" s="8">
         <v>0.0</v>
       </c>
       <c r="E14" s="8">
@@ -3447,51 +3447,51 @@
       </c>
       <c r="B12" s="8">
         <v>53.0</v>
       </c>
       <c r="C12" s="8">
         <v>39.0</v>
       </c>
       <c r="D12" s="8">
         <v>0.0</v>
       </c>
       <c r="E12" s="8">
         <v>0.0</v>
       </c>
       <c r="F12" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>10.0</v>
       </c>
       <c r="C13" s="8">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
       <c r="D13" s="8">
         <v>0.0</v>
       </c>
       <c r="E13" s="8">
         <v>0.0</v>
       </c>
       <c r="F13" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="8">
         <v>25.0</v>
       </c>
       <c r="C14" s="8">
         <v>21.0</v>
       </c>
       <c r="D14" s="8">
         <v>0.0</v>
       </c>
       <c r="E14" s="8">