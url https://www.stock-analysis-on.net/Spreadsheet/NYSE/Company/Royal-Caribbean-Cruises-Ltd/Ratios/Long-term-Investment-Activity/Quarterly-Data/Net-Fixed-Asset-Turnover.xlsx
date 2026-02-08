--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -949,60 +949,60 @@
       </c>
       <c r="P14" s="13">
         <v>0.0</v>
       </c>
       <c r="Q14" s="13">
         <v>0.0</v>
       </c>
       <c r="R14" s="13">
         <v>0.0</v>
       </c>
       <c r="S14" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="13">
         <v>4.49</v>
       </c>
       <c r="C15" s="13">
         <v>4.4</v>
       </c>
       <c r="D15" s="13">
-        <v>4.27</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="13">
-        <v>4.18</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="13">
-        <v>4.11</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="13">
-        <v>3.91</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="13">
         <v>0.0</v>
       </c>
       <c r="I15" s="13">
         <v>0.0</v>
       </c>
       <c r="J15" s="13">
         <v>0.0</v>
       </c>
       <c r="K15" s="13">
         <v>0.0</v>
       </c>
       <c r="L15" s="13">
         <v>0.0</v>
       </c>
       <c r="M15" s="13">
         <v>0.0</v>
       </c>
       <c r="N15" s="13">
         <v>0.0</v>
       </c>
       <c r="O15" s="13">
         <v>0.0</v>
       </c>