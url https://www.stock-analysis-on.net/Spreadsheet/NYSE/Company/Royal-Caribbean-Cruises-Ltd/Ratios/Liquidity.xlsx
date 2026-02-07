--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -896,51 +896,51 @@
       </c>
       <c r="B13" s="6">
         <v>2.1</v>
       </c>
       <c r="C13" s="6">
         <v>3.56</v>
       </c>
       <c r="D13" s="6">
         <v>0.0</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="6">
         <v>1.58</v>
       </c>
       <c r="C14" s="6">
-        <v>1.73</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="6">
         <v>0.0</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="6">
         <v>2.59</v>
       </c>
       <c r="C15" s="6">
         <v>3.94</v>
       </c>
       <c r="D15" s="6">
         <v>0.0</v>
       </c>
       <c r="E15" s="6">
@@ -1247,51 +1247,51 @@
       </c>
       <c r="B16" s="6">
         <v>2.0</v>
       </c>
       <c r="C16" s="6">
         <v>3.38</v>
       </c>
       <c r="D16" s="6">
         <v>0.0</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="6">
         <v>1.35</v>
       </c>
       <c r="C17" s="6">
-        <v>1.28</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="6">
         <v>0.0</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="6">
         <v>2.33</v>
       </c>
       <c r="C18" s="6">
         <v>3.67</v>
       </c>
       <c r="D18" s="6">
         <v>0.0</v>
       </c>
       <c r="E18" s="6">
@@ -1578,51 +1578,51 @@
       </c>
       <c r="B15" s="6">
         <v>1.79</v>
       </c>
       <c r="C15" s="6">
         <v>3.23</v>
       </c>
       <c r="D15" s="6">
         <v>0.0</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="6">
         <v>1.23</v>
       </c>
       <c r="C16" s="6">
-        <v>1.16</v>
+        <v>0.0</v>
       </c>
       <c r="D16" s="6">
         <v>0.0</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="6">
         <v>2.13</v>
       </c>
       <c r="C17" s="6">
         <v>3.47</v>
       </c>
       <c r="D17" s="6">
         <v>0.0</v>
       </c>
       <c r="E17" s="6">