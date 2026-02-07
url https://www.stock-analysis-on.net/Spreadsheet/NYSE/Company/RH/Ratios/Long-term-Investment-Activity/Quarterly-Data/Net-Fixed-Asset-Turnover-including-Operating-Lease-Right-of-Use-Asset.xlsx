--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1027,60 +1027,60 @@
       <c r="C16" s="14">
         <v>2.08</v>
       </c>
       <c r="D16" s="14">
         <v>2.07</v>
       </c>
       <c r="E16" s="14">
         <v>2.04</v>
       </c>
       <c r="F16" s="14">
         <v>2.03</v>
       </c>
       <c r="G16" s="14">
         <v>2.03</v>
       </c>
       <c r="H16" s="14">
         <v>2.1</v>
       </c>
       <c r="I16" s="14">
         <v>2.09</v>
       </c>
       <c r="J16" s="14">
         <v>2.13</v>
       </c>
       <c r="K16" s="14">
-        <v>2.17</v>
+        <v>0.0</v>
       </c>
       <c r="L16" s="14">
-        <v>2.3</v>
+        <v>0.0</v>
       </c>
       <c r="M16" s="14">
-        <v>2.51</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="14">
-        <v>2.61</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="14">
         <v>0.0</v>
       </c>
       <c r="P16" s="14">
         <v>0.0</v>
       </c>
       <c r="Q16" s="14">
         <v>0.0</v>
       </c>
       <c r="R16" s="14">
         <v>0.0</v>
       </c>
       <c r="S16" s="14">
         <v>0.0</v>
       </c>
       <c r="T16" s="14">
         <v>0.0</v>
       </c>
       <c r="U16" s="14">
         <v>0.0</v>
       </c>
       <c r="V16" s="14">
         <v>0.0</v>
       </c>