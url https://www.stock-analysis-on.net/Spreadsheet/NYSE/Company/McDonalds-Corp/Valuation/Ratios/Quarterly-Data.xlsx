--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1590,60 +1590,60 @@
       <c r="I17" s="7">
         <v>58.48</v>
       </c>
       <c r="J17" s="7">
         <v>44.26</v>
       </c>
       <c r="K17" s="7">
         <v>47.35</v>
       </c>
       <c r="L17" s="7">
         <v>54.42</v>
       </c>
       <c r="M17" s="7">
         <v>49.37</v>
       </c>
       <c r="N17" s="7">
         <v>50.59</v>
       </c>
       <c r="O17" s="7">
         <v>55.45</v>
       </c>
       <c r="P17" s="7">
         <v>61.35</v>
       </c>
       <c r="Q17" s="7">
-        <v>67.030000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="7">
-        <v>69.94</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="7">
-        <v>87.73999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="7">
-        <v>102.77</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="7">
         <v>98.12</v>
       </c>
       <c r="C18" s="7">
         <v>141.16999999999999</v>
       </c>
       <c r="D18" s="7">
         <v>221.22999999999999</v>
       </c>
       <c r="E18" s="7">
         <v>728.77999999999997</v>
       </c>
       <c r="F18" s="7">
         <v>0.0</v>
       </c>
       <c r="G18" s="7">
         <v>0.0</v>
       </c>
       <c r="H18" s="7">
@@ -2352,60 +2352,60 @@
       <c r="I17" s="7">
         <v>46.13</v>
       </c>
       <c r="J17" s="7">
         <v>34.75</v>
       </c>
       <c r="K17" s="7">
         <v>36.84</v>
       </c>
       <c r="L17" s="7">
         <v>42.0</v>
       </c>
       <c r="M17" s="7">
         <v>38.25</v>
       </c>
       <c r="N17" s="7">
         <v>40.020000000000003</v>
       </c>
       <c r="O17" s="7">
         <v>45.28</v>
       </c>
       <c r="P17" s="7">
         <v>50.34</v>
       </c>
       <c r="Q17" s="7">
-        <v>54.38</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="7">
-        <v>65.079999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="7">
-        <v>81.53</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="7">
-        <v>109.79000000000001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="7">
         <v>122.18000000000001</v>
       </c>
       <c r="C18" s="7">
         <v>203.41</v>
       </c>
       <c r="D18" s="7">
         <v>421.33999999999997</v>
       </c>
       <c r="E18" s="7">
         <v>0.0</v>
       </c>
       <c r="F18" s="7">
         <v>0.0</v>
       </c>
       <c r="G18" s="7">
         <v>0.0</v>
       </c>
       <c r="H18" s="7">
@@ -3114,60 +3114,60 @@
       <c r="I17" s="7">
         <v>7.28</v>
       </c>
       <c r="J17" s="7">
         <v>5.43</v>
       </c>
       <c r="K17" s="7">
         <v>5.68</v>
       </c>
       <c r="L17" s="7">
         <v>6.25</v>
       </c>
       <c r="M17" s="7">
         <v>5.14</v>
       </c>
       <c r="N17" s="7">
         <v>4.86</v>
       </c>
       <c r="O17" s="7">
         <v>5.15</v>
       </c>
       <c r="P17" s="7">
         <v>5.36</v>
       </c>
       <c r="Q17" s="7">
-        <v>5.8</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="7">
-        <v>6.91</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="7">
-        <v>7.52</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="7">
-        <v>6.61</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="7">
         <v>6.7</v>
       </c>
       <c r="C18" s="7">
         <v>9.27</v>
       </c>
       <c r="D18" s="7">
         <v>6.67</v>
       </c>
       <c r="E18" s="7">
         <v>8.36</v>
       </c>
       <c r="F18" s="7">
         <v>6.35</v>
       </c>
       <c r="G18" s="7">
         <v>4.63</v>
       </c>
       <c r="H18" s="7">
@@ -3876,60 +3876,60 @@
       <c r="I17" s="7">
         <v>23.47</v>
       </c>
       <c r="J17" s="7">
         <v>17.95</v>
       </c>
       <c r="K17" s="7">
         <v>19.07</v>
       </c>
       <c r="L17" s="7">
         <v>22.64</v>
       </c>
       <c r="M17" s="7">
         <v>18.74</v>
       </c>
       <c r="N17" s="7">
         <v>17.58</v>
       </c>
       <c r="O17" s="7">
         <v>19.46</v>
       </c>
       <c r="P17" s="7">
         <v>19.67</v>
       </c>
       <c r="Q17" s="7">
-        <v>19.050000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="7">
-        <v>21.5</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="7">
-        <v>23.66</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="7">
-        <v>19.92</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="7">
         <v>8.92</v>
       </c>
       <c r="C18" s="7">
         <v>12.36</v>
       </c>
       <c r="D18" s="7">
         <v>8.94</v>
       </c>
       <c r="E18" s="7">
         <v>11.49</v>
       </c>
       <c r="F18" s="7">
         <v>8.52</v>
       </c>
       <c r="G18" s="7">
         <v>6.22</v>
       </c>
       <c r="H18" s="7">