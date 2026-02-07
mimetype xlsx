--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -939,60 +939,60 @@
       <c r="I15" s="8">
         <v>-4.0</v>
       </c>
       <c r="J15" s="8">
         <v>-6.0</v>
       </c>
       <c r="K15" s="8">
         <v>-5.0</v>
       </c>
       <c r="L15" s="8">
         <v>-5.0</v>
       </c>
       <c r="M15" s="8">
         <v>-3.0</v>
       </c>
       <c r="N15" s="8">
         <v>-4.0</v>
       </c>
       <c r="O15" s="8">
         <v>-3.0</v>
       </c>
       <c r="P15" s="8">
         <v>-4.0</v>
       </c>
       <c r="Q15" s="8">
-        <v>-3.0</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="8">
-        <v>-5.0</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="8">
-        <v>-4.0</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="8">
-        <v>-4.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="8">
         <v>16.0</v>
       </c>
       <c r="C16" s="8">
         <v>13.0</v>
       </c>
       <c r="D16" s="8">
         <v>13.0</v>
       </c>
       <c r="E16" s="8">
         <v>15.0</v>
       </c>
       <c r="F16" s="8">
         <v>15.0</v>
       </c>
       <c r="G16" s="8">
         <v>14.0</v>
       </c>
       <c r="H16" s="8">