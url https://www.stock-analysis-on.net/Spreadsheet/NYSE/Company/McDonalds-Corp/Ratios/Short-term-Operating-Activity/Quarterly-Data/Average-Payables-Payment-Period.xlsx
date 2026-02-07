--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -873,60 +873,60 @@
       <c r="I13" s="13">
         <v>10.0</v>
       </c>
       <c r="J13" s="13">
         <v>11.0</v>
       </c>
       <c r="K13" s="13">
         <v>9.0</v>
       </c>
       <c r="L13" s="13">
         <v>10.0</v>
       </c>
       <c r="M13" s="13">
         <v>10.0</v>
       </c>
       <c r="N13" s="13">
         <v>9.0</v>
       </c>
       <c r="O13" s="13">
         <v>9.0</v>
       </c>
       <c r="P13" s="13">
         <v>10.0</v>
       </c>
       <c r="Q13" s="13">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="13">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="13">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="T13" s="13">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="13">
         <v>15.0</v>
       </c>
       <c r="C14" s="13">
         <v>21.0</v>
       </c>
       <c r="D14" s="13">
         <v>21.0</v>
       </c>
       <c r="E14" s="13">
         <v>21.0</v>
       </c>
       <c r="F14" s="13">
         <v>13.0</v>
       </c>
       <c r="G14" s="13">
         <v>12.0</v>
       </c>
       <c r="H14" s="13">