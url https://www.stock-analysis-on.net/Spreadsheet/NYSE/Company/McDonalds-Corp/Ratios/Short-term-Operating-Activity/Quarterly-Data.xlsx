--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1820,60 +1820,60 @@
       <c r="I15" s="9">
         <v>-4.0</v>
       </c>
       <c r="J15" s="9">
         <v>-6.0</v>
       </c>
       <c r="K15" s="9">
         <v>-5.0</v>
       </c>
       <c r="L15" s="9">
         <v>-5.0</v>
       </c>
       <c r="M15" s="9">
         <v>-3.0</v>
       </c>
       <c r="N15" s="9">
         <v>-4.0</v>
       </c>
       <c r="O15" s="9">
         <v>-3.0</v>
       </c>
       <c r="P15" s="9">
         <v>-4.0</v>
       </c>
       <c r="Q15" s="9">
-        <v>-3.0</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="9">
-        <v>-5.0</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="9">
-        <v>-4.0</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="9">
-        <v>-4.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="17" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="9">
         <v>16.0</v>
       </c>
       <c r="C16" s="9">
         <v>13.0</v>
       </c>
       <c r="D16" s="9">
         <v>13.0</v>
       </c>
       <c r="E16" s="9">
         <v>15.0</v>
       </c>
       <c r="F16" s="9">
         <v>15.0</v>
       </c>
       <c r="G16" s="9">
         <v>14.0</v>
       </c>
       <c r="H16" s="9">
@@ -2272,60 +2272,60 @@
       <c r="I13" s="8">
         <v>185.34</v>
       </c>
       <c r="J13" s="8">
         <v>175.86000000000001</v>
       </c>
       <c r="K13" s="8">
         <v>191.68000000000001</v>
       </c>
       <c r="L13" s="8">
         <v>194.58000000000001</v>
       </c>
       <c r="M13" s="8">
         <v>184.27000000000001</v>
       </c>
       <c r="N13" s="8">
         <v>191.96000000000001</v>
       </c>
       <c r="O13" s="8">
         <v>214.37</v>
       </c>
       <c r="P13" s="8">
         <v>203.97</v>
       </c>
       <c r="Q13" s="8">
-        <v>177.91</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="8">
-        <v>195.78</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="8">
-        <v>213.28999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="T13" s="8">
-        <v>211.25999999999999</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="17" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="8">
         <v>12.4</v>
       </c>
       <c r="C14" s="8">
         <v>13.32</v>
       </c>
       <c r="D14" s="8">
         <v>15.44</v>
       </c>
       <c r="E14" s="8">
         <v>14.89</v>
       </c>
       <c r="F14" s="8">
         <v>14.25</v>
       </c>
       <c r="G14" s="8">
         <v>15.15</v>
       </c>
       <c r="H14" s="8">
@@ -2848,60 +2848,60 @@
       <c r="I15" s="8">
         <v>85.44</v>
       </c>
       <c r="J15" s="8">
         <v>134.080000000000013</v>
       </c>
       <c r="K15" s="8">
         <v>152.24000000000001</v>
       </c>
       <c r="L15" s="8">
         <v>136.37</v>
       </c>
       <c r="M15" s="8">
         <v>80.79000000000001</v>
       </c>
       <c r="N15" s="8">
         <v>118.060000000000002</v>
       </c>
       <c r="O15" s="8">
         <v>97.41</v>
       </c>
       <c r="P15" s="8">
         <v>87.64</v>
       </c>
       <c r="Q15" s="8">
-        <v>75.77</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="8">
-        <v>94.54000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="8">
-        <v>90.40000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="8">
-        <v>92.26000000000001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="17" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="8">
         <v>14.13</v>
       </c>
       <c r="C16" s="8">
         <v>14.16</v>
       </c>
       <c r="D16" s="8">
         <v>14.37</v>
       </c>
       <c r="E16" s="8">
         <v>14.65</v>
       </c>
       <c r="F16" s="8">
         <v>16.32</v>
       </c>
       <c r="G16" s="8">
         <v>16.43</v>
       </c>
       <c r="H16" s="8">
@@ -3424,60 +3424,60 @@
       <c r="I14" s="8">
         <v>36.86</v>
       </c>
       <c r="J14" s="8">
         <v>34.039999999999999</v>
       </c>
       <c r="K14" s="8">
         <v>42.59</v>
       </c>
       <c r="L14" s="8">
         <v>36.87</v>
       </c>
       <c r="M14" s="8">
         <v>35.61</v>
       </c>
       <c r="N14" s="8">
         <v>38.6</v>
       </c>
       <c r="O14" s="8">
         <v>39.82</v>
       </c>
       <c r="P14" s="8">
         <v>36.049999999999997</v>
       </c>
       <c r="Q14" s="8">
-        <v>35.79</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="8">
-        <v>32.44</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="8">
-        <v>38.26</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="8">
-        <v>34.83</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="17" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="8">
         <v>24.34</v>
       </c>
       <c r="C15" s="8">
         <v>17.23</v>
       </c>
       <c r="D15" s="8">
         <v>17.36</v>
       </c>
       <c r="E15" s="8">
         <v>17.26</v>
       </c>
       <c r="F15" s="8">
         <v>27.84</v>
       </c>
       <c r="G15" s="8">
         <v>31.29</v>
       </c>
       <c r="H15" s="8">
@@ -4186,60 +4186,60 @@
       <c r="I18" s="8">
         <v>16.73</v>
       </c>
       <c r="J18" s="8">
         <v>16.4</v>
       </c>
       <c r="K18" s="8">
         <v>16.17</v>
       </c>
       <c r="L18" s="8">
         <v>24.45</v>
       </c>
       <c r="M18" s="8">
         <v>34.0</v>
       </c>
       <c r="N18" s="8">
         <v>32.42</v>
       </c>
       <c r="O18" s="8">
         <v>37.95</v>
       </c>
       <c r="P18" s="8">
         <v>29.78</v>
       </c>
       <c r="Q18" s="8">
-        <v>14.86</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="8">
-        <v>10.78</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="8">
-        <v>11.18</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="8">
-        <v>10.14</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="17" t="s">
         <v>30</v>
       </c>
       <c r="B19" s="8">
         <v>2.36</v>
       </c>
       <c r="C19" s="8">
         <v>2.36</v>
       </c>
       <c r="D19" s="8">
         <v>3.43</v>
       </c>
       <c r="E19" s="8">
         <v>3.64</v>
       </c>
       <c r="F19" s="8">
         <v>3.81</v>
       </c>
       <c r="G19" s="8">
         <v>3.71</v>
       </c>
       <c r="H19" s="8">
@@ -4638,60 +4638,60 @@
       <c r="I12" s="9">
         <v>2.0</v>
       </c>
       <c r="J12" s="9">
         <v>2.0</v>
       </c>
       <c r="K12" s="9">
         <v>2.0</v>
       </c>
       <c r="L12" s="9">
         <v>2.0</v>
       </c>
       <c r="M12" s="9">
         <v>2.0</v>
       </c>
       <c r="N12" s="9">
         <v>2.0</v>
       </c>
       <c r="O12" s="9">
         <v>2.0</v>
       </c>
       <c r="P12" s="9">
         <v>2.0</v>
       </c>
       <c r="Q12" s="9">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="R12" s="9">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="S12" s="9">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="T12" s="9">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="17" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="9">
         <v>29.0</v>
       </c>
       <c r="C13" s="9">
         <v>27.0</v>
       </c>
       <c r="D13" s="9">
         <v>24.0</v>
       </c>
       <c r="E13" s="9">
         <v>25.0</v>
       </c>
       <c r="F13" s="9">
         <v>26.0</v>
       </c>
       <c r="G13" s="9">
         <v>24.0</v>
       </c>
       <c r="H13" s="9">
@@ -5152,60 +5152,60 @@
       <c r="I13" s="9">
         <v>4.0</v>
       </c>
       <c r="J13" s="9">
         <v>3.0</v>
       </c>
       <c r="K13" s="9">
         <v>2.0</v>
       </c>
       <c r="L13" s="9">
         <v>3.0</v>
       </c>
       <c r="M13" s="9">
         <v>5.0</v>
       </c>
       <c r="N13" s="9">
         <v>3.0</v>
       </c>
       <c r="O13" s="9">
         <v>4.0</v>
       </c>
       <c r="P13" s="9">
         <v>4.0</v>
       </c>
       <c r="Q13" s="9">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="9">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="9">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="T13" s="9">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="17" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="9">
         <v>26.0</v>
       </c>
       <c r="C14" s="9">
         <v>26.0</v>
       </c>
       <c r="D14" s="9">
         <v>25.0</v>
       </c>
       <c r="E14" s="9">
         <v>25.0</v>
       </c>
       <c r="F14" s="9">
         <v>22.0</v>
       </c>
       <c r="G14" s="9">
         <v>22.0</v>
       </c>
       <c r="H14" s="9">
@@ -5671,60 +5671,60 @@
       <c r="I14" s="9">
         <v>6.0</v>
       </c>
       <c r="J14" s="9">
         <v>5.0</v>
       </c>
       <c r="K14" s="9">
         <v>4.0</v>
       </c>
       <c r="L14" s="9">
         <v>5.0</v>
       </c>
       <c r="M14" s="9">
         <v>7.0</v>
       </c>
       <c r="N14" s="9">
         <v>5.0</v>
       </c>
       <c r="O14" s="9">
         <v>6.0</v>
       </c>
       <c r="P14" s="9">
         <v>6.0</v>
       </c>
       <c r="Q14" s="9">
-        <v>7.0</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="9">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="9">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="9">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="17" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="9">
         <v>41.0</v>
       </c>
       <c r="C15" s="9">
         <v>39.0</v>
       </c>
       <c r="D15" s="9">
         <v>37.0</v>
       </c>
       <c r="E15" s="9">
         <v>37.0</v>
       </c>
       <c r="F15" s="9">
         <v>37.0</v>
       </c>
       <c r="G15" s="9">
         <v>35.0</v>
       </c>
       <c r="H15" s="9">
@@ -6123,60 +6123,60 @@
       <c r="I13" s="9">
         <v>10.0</v>
       </c>
       <c r="J13" s="9">
         <v>11.0</v>
       </c>
       <c r="K13" s="9">
         <v>9.0</v>
       </c>
       <c r="L13" s="9">
         <v>10.0</v>
       </c>
       <c r="M13" s="9">
         <v>10.0</v>
       </c>
       <c r="N13" s="9">
         <v>9.0</v>
       </c>
       <c r="O13" s="9">
         <v>9.0</v>
       </c>
       <c r="P13" s="9">
         <v>10.0</v>
       </c>
       <c r="Q13" s="9">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="9">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="9">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="T13" s="9">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="17" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="9">
         <v>15.0</v>
       </c>
       <c r="C14" s="9">
         <v>21.0</v>
       </c>
       <c r="D14" s="9">
         <v>21.0</v>
       </c>
       <c r="E14" s="9">
         <v>21.0</v>
       </c>
       <c r="F14" s="9">
         <v>13.0</v>
       </c>
       <c r="G14" s="9">
         <v>12.0</v>
       </c>
       <c r="H14" s="9">