--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -667,51 +667,51 @@
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="28.8">
       <c r="A12" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="7">
         <v>7.0</v>
       </c>
       <c r="C13" s="7">
         <v>6.0</v>
       </c>
       <c r="D13" s="7">
         <v>7.0</v>
       </c>
       <c r="E13" s="7">
         <v>7.0</v>
       </c>
       <c r="F13" s="7">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7">
         <v>37.0</v>
       </c>
       <c r="C14" s="7">
         <v>37.0</v>
       </c>
       <c r="D14" s="7">
         <v>46.0</v>
       </c>
       <c r="E14" s="7">
         <v>40.0</v>
       </c>
       <c r="F14" s="7">
         <v>45.0</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="10" t="s">
         <v>12</v>