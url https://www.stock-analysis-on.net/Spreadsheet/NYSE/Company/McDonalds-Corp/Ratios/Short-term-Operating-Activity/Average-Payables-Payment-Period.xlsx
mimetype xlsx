--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -689,51 +689,51 @@
       </c>
       <c r="E12" s="12">
         <v>53.0</v>
       </c>
       <c r="F12" s="12">
         <v>39.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="12">
         <v>9.0</v>
       </c>
       <c r="C13" s="12">
         <v>10.0</v>
       </c>
       <c r="D13" s="12">
         <v>10.0</v>
       </c>
       <c r="E13" s="12">
         <v>10.0</v>
       </c>
       <c r="F13" s="12">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="12">
         <v>21.0</v>
       </c>
       <c r="C14" s="12">
         <v>17.0</v>
       </c>
       <c r="D14" s="12">
         <v>16.0</v>
       </c>
       <c r="E14" s="12">
         <v>25.0</v>
       </c>
       <c r="F14" s="12">
         <v>21.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>12</v>