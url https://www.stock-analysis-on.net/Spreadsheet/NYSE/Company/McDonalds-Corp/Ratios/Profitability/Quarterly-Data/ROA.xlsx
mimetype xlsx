--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1003,60 +1003,60 @@
       <c r="I15" s="13">
         <v>0.1527</v>
       </c>
       <c r="J15" s="13">
         <v>0.1479</v>
       </c>
       <c r="K15" s="13">
         <v>0.1475</v>
       </c>
       <c r="L15" s="13">
         <v>0.1464</v>
       </c>
       <c r="M15" s="13">
         <v>0.1298</v>
       </c>
       <c r="N15" s="13">
         <v>0.1186</v>
       </c>
       <c r="O15" s="13">
         <v>0.1155</v>
       </c>
       <c r="P15" s="13">
         <v>0.1058</v>
       </c>
       <c r="Q15" s="13">
-        <v>0.0981</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="13">
-        <v>0.1072</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="13">
-        <v>0.0928</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="13">
-        <v>0.0661</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="13">
         <v>0.048</v>
       </c>
       <c r="C16" s="13">
         <v>0.0461</v>
       </c>
       <c r="D16" s="13">
         <v>0.025</v>
       </c>
       <c r="E16" s="13">
         <v>0.0096</v>
       </c>
       <c r="F16" s="13">
         <v>-0.014</v>
       </c>
       <c r="G16" s="13">
         <v>-0.0344</v>
       </c>
       <c r="H16" s="13">