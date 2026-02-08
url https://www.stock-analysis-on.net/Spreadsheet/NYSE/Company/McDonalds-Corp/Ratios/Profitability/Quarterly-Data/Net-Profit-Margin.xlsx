--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1003,60 +1003,60 @@
       <c r="I15" s="13">
         <v>0.1245</v>
       </c>
       <c r="J15" s="13">
         <v>0.1227</v>
       </c>
       <c r="K15" s="13">
         <v>0.12</v>
       </c>
       <c r="L15" s="13">
         <v>0.1149</v>
       </c>
       <c r="M15" s="13">
         <v>0.1041</v>
       </c>
       <c r="N15" s="13">
         <v>0.0961</v>
       </c>
       <c r="O15" s="13">
         <v>0.0928</v>
       </c>
       <c r="P15" s="13">
         <v>0.0874</v>
       </c>
       <c r="Q15" s="13">
-        <v>0.0865</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="13">
-        <v>0.0988</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="13">
-        <v>0.0857</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="13">
-        <v>0.0644</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="13">
         <v>0.0683</v>
       </c>
       <c r="C16" s="13">
         <v>0.0657</v>
       </c>
       <c r="D16" s="13">
         <v>0.0302</v>
       </c>
       <c r="E16" s="13">
         <v>0.0115</v>
       </c>
       <c r="F16" s="13">
         <v>-0.0169</v>
       </c>
       <c r="G16" s="13">
         <v>-0.0424</v>
       </c>
       <c r="H16" s="13">