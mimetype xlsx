--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1476,60 +1476,60 @@
       <c r="I14" s="8">
         <v>0.262</v>
       </c>
       <c r="J14" s="8">
         <v>0.2591</v>
       </c>
       <c r="K14" s="8">
         <v>0.2567</v>
       </c>
       <c r="L14" s="8">
         <v>0.2505</v>
       </c>
       <c r="M14" s="8">
         <v>0.2388</v>
       </c>
       <c r="N14" s="8">
         <v>0.23</v>
       </c>
       <c r="O14" s="8">
         <v>0.2249</v>
       </c>
       <c r="P14" s="8">
         <v>0.222</v>
       </c>
       <c r="Q14" s="8">
-        <v>0.2262</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="8">
-        <v>0.2258</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="8">
-        <v>0.2158</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="8">
-        <v>0.187</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="8">
         <v>0.5049</v>
       </c>
       <c r="C15" s="8">
         <v>0.5004</v>
       </c>
       <c r="D15" s="8">
         <v>0.4919</v>
       </c>
       <c r="E15" s="8">
         <v>0.4831</v>
       </c>
       <c r="F15" s="8">
         <v>0.4762</v>
       </c>
       <c r="G15" s="8">
         <v>0.4693</v>
       </c>
       <c r="H15" s="8">
@@ -2114,60 +2114,60 @@
       <c r="I15" s="8">
         <v>0.1578</v>
       </c>
       <c r="J15" s="8">
         <v>0.1563</v>
       </c>
       <c r="K15" s="8">
         <v>0.1542</v>
       </c>
       <c r="L15" s="8">
         <v>0.1489</v>
       </c>
       <c r="M15" s="8">
         <v>0.1344</v>
       </c>
       <c r="N15" s="8">
         <v>0.1215</v>
       </c>
       <c r="O15" s="8">
         <v>0.1136</v>
       </c>
       <c r="P15" s="8">
         <v>0.1065</v>
       </c>
       <c r="Q15" s="8">
-        <v>0.1067</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="8">
-        <v>0.1061</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="8">
-        <v>0.0922</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="8">
-        <v>0.0602</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="8">
         <v>0.0548</v>
       </c>
       <c r="C16" s="8">
         <v>0.0456</v>
       </c>
       <c r="D16" s="8">
         <v>0.0158</v>
       </c>
       <c r="E16" s="8">
         <v>-0.0035</v>
       </c>
       <c r="F16" s="8">
         <v>-0.024</v>
       </c>
       <c r="G16" s="8">
         <v>-0.0478</v>
       </c>
       <c r="H16" s="8">
@@ -2752,60 +2752,60 @@
       <c r="I15" s="8">
         <v>0.1245</v>
       </c>
       <c r="J15" s="8">
         <v>0.1227</v>
       </c>
       <c r="K15" s="8">
         <v>0.12</v>
       </c>
       <c r="L15" s="8">
         <v>0.1149</v>
       </c>
       <c r="M15" s="8">
         <v>0.1041</v>
       </c>
       <c r="N15" s="8">
         <v>0.0961</v>
       </c>
       <c r="O15" s="8">
         <v>0.0928</v>
       </c>
       <c r="P15" s="8">
         <v>0.0874</v>
       </c>
       <c r="Q15" s="8">
-        <v>0.0865</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="8">
-        <v>0.0988</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="8">
-        <v>0.0857</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="8">
-        <v>0.0644</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="8">
         <v>0.0683</v>
       </c>
       <c r="C16" s="8">
         <v>0.0657</v>
       </c>
       <c r="D16" s="8">
         <v>0.0302</v>
       </c>
       <c r="E16" s="8">
         <v>0.0115</v>
       </c>
       <c r="F16" s="8">
         <v>-0.0169</v>
       </c>
       <c r="G16" s="8">
         <v>-0.0424</v>
       </c>
       <c r="H16" s="8">
@@ -3390,60 +3390,60 @@
       <c r="I15" s="8">
         <v>0.4013</v>
       </c>
       <c r="J15" s="8">
         <v>0.4055</v>
       </c>
       <c r="K15" s="8">
         <v>0.4027</v>
       </c>
       <c r="L15" s="8">
         <v>0.416</v>
       </c>
       <c r="M15" s="8">
         <v>0.3797</v>
       </c>
       <c r="N15" s="8">
         <v>0.3475</v>
       </c>
       <c r="O15" s="8">
         <v>0.351</v>
       </c>
       <c r="P15" s="8">
         <v>0.3206</v>
       </c>
       <c r="Q15" s="8">
-        <v>0.2842</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="8">
-        <v>0.3074</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="8">
-        <v>0.2697</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="8">
-        <v>0.1938</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="8">
         <v>0.0909</v>
       </c>
       <c r="C16" s="8">
         <v>0.0875</v>
       </c>
       <c r="D16" s="8">
         <v>0.0404</v>
       </c>
       <c r="E16" s="8">
         <v>0.0158</v>
       </c>
       <c r="F16" s="8">
         <v>-0.0227</v>
       </c>
       <c r="G16" s="8">
         <v>-0.0568</v>
       </c>
       <c r="H16" s="8">
@@ -4028,60 +4028,60 @@
       <c r="I15" s="8">
         <v>0.1527</v>
       </c>
       <c r="J15" s="8">
         <v>0.1479</v>
       </c>
       <c r="K15" s="8">
         <v>0.1475</v>
       </c>
       <c r="L15" s="8">
         <v>0.1464</v>
       </c>
       <c r="M15" s="8">
         <v>0.1298</v>
       </c>
       <c r="N15" s="8">
         <v>0.1186</v>
       </c>
       <c r="O15" s="8">
         <v>0.1155</v>
       </c>
       <c r="P15" s="8">
         <v>0.1058</v>
       </c>
       <c r="Q15" s="8">
-        <v>0.0981</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="8">
-        <v>0.1072</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="8">
-        <v>0.0928</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="8">
-        <v>0.0661</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="8">
         <v>0.048</v>
       </c>
       <c r="C16" s="8">
         <v>0.0461</v>
       </c>
       <c r="D16" s="8">
         <v>0.025</v>
       </c>
       <c r="E16" s="8">
         <v>0.0096</v>
       </c>
       <c r="F16" s="8">
         <v>-0.014</v>
       </c>
       <c r="G16" s="8">
         <v>-0.0344</v>
       </c>
       <c r="H16" s="8">