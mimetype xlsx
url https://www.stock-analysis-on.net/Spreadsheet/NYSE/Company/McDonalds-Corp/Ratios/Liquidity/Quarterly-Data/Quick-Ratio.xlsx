--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1136,60 +1136,60 @@
       <c r="I18" s="14">
         <v>1.37</v>
       </c>
       <c r="J18" s="14">
         <v>1.4</v>
       </c>
       <c r="K18" s="14">
         <v>1.44</v>
       </c>
       <c r="L18" s="14">
         <v>1.26</v>
       </c>
       <c r="M18" s="14">
         <v>1.09</v>
       </c>
       <c r="N18" s="14">
         <v>1.05</v>
       </c>
       <c r="O18" s="14">
         <v>1.02</v>
       </c>
       <c r="P18" s="14">
         <v>1.13</v>
       </c>
       <c r="Q18" s="14">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="14">
-        <v>1.29</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="14">
-        <v>1.28</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="14">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="14">
         <v>1.8</v>
       </c>
       <c r="C19" s="14">
         <v>1.83</v>
       </c>
       <c r="D19" s="14">
         <v>1.49</v>
       </c>
       <c r="E19" s="14">
         <v>1.41</v>
       </c>
       <c r="F19" s="14">
         <v>1.36</v>
       </c>
       <c r="G19" s="14">
         <v>1.35</v>
       </c>
       <c r="H19" s="14">