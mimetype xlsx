--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1368,60 +1368,60 @@
       <c r="I15" s="7">
         <v>1.57</v>
       </c>
       <c r="J15" s="7">
         <v>1.53</v>
       </c>
       <c r="K15" s="7">
         <v>1.58</v>
       </c>
       <c r="L15" s="7">
         <v>1.41</v>
       </c>
       <c r="M15" s="7">
         <v>1.28</v>
       </c>
       <c r="N15" s="7">
         <v>1.32</v>
       </c>
       <c r="O15" s="7">
         <v>1.26</v>
       </c>
       <c r="P15" s="7">
         <v>1.32</v>
       </c>
       <c r="Q15" s="7">
-        <v>1.58</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="7">
-        <v>1.78</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="7">
-        <v>1.73</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>1.75</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="7">
         <v>2.04</v>
       </c>
       <c r="C16" s="7">
         <v>2.07</v>
       </c>
       <c r="D16" s="7">
         <v>1.72</v>
       </c>
       <c r="E16" s="7">
         <v>1.66</v>
       </c>
       <c r="F16" s="7">
         <v>1.65</v>
       </c>
       <c r="G16" s="7">
         <v>1.64</v>
       </c>
       <c r="H16" s="7">
@@ -2130,60 +2130,60 @@
       <c r="I18" s="7">
         <v>1.37</v>
       </c>
       <c r="J18" s="7">
         <v>1.4</v>
       </c>
       <c r="K18" s="7">
         <v>1.44</v>
       </c>
       <c r="L18" s="7">
         <v>1.26</v>
       </c>
       <c r="M18" s="7">
         <v>1.09</v>
       </c>
       <c r="N18" s="7">
         <v>1.05</v>
       </c>
       <c r="O18" s="7">
         <v>1.02</v>
       </c>
       <c r="P18" s="7">
         <v>1.13</v>
       </c>
       <c r="Q18" s="7">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="7">
-        <v>1.29</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="7">
-        <v>1.28</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="7">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="7">
         <v>1.8</v>
       </c>
       <c r="C19" s="7">
         <v>1.83</v>
       </c>
       <c r="D19" s="7">
         <v>1.49</v>
       </c>
       <c r="E19" s="7">
         <v>1.41</v>
       </c>
       <c r="F19" s="7">
         <v>1.36</v>
       </c>
       <c r="G19" s="7">
         <v>1.35</v>
       </c>
       <c r="H19" s="7">
@@ -2830,60 +2830,60 @@
       <c r="I17" s="7">
         <v>1.26</v>
       </c>
       <c r="J17" s="7">
         <v>1.34</v>
       </c>
       <c r="K17" s="7">
         <v>1.38</v>
       </c>
       <c r="L17" s="7">
         <v>1.19</v>
       </c>
       <c r="M17" s="7">
         <v>0.98</v>
       </c>
       <c r="N17" s="7">
         <v>0.96</v>
       </c>
       <c r="O17" s="7">
         <v>0.92</v>
       </c>
       <c r="P17" s="7">
         <v>1.03</v>
       </c>
       <c r="Q17" s="7">
-        <v>1.23</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="7">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="7">
-        <v>1.19</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="7">
-        <v>1.27</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="7">
         <v>1.62</v>
       </c>
       <c r="C18" s="7">
         <v>1.65</v>
       </c>
       <c r="D18" s="7">
         <v>1.32</v>
       </c>
       <c r="E18" s="7">
         <v>1.25</v>
       </c>
       <c r="F18" s="7">
         <v>1.21</v>
       </c>
       <c r="G18" s="7">
         <v>1.21</v>
       </c>
       <c r="H18" s="7">