--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -700,51 +700,51 @@
       </c>
       <c r="E13" s="12">
         <v>6.379</v>
       </c>
       <c r="F13" s="12">
         <v>6.6228</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="12">
         <v>10.8651</v>
       </c>
       <c r="C14" s="12">
         <v>11.4284</v>
       </c>
       <c r="D14" s="12">
         <v>7.7557</v>
       </c>
       <c r="E14" s="12">
         <v>7.5094</v>
       </c>
       <c r="F14" s="12">
-        <v>8.352</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
         <v>13.0594</v>
       </c>
       <c r="C15" s="12">
         <v>7.6268</v>
       </c>
       <c r="D15" s="12">
         <v>2.7276</v>
       </c>
       <c r="E15" s="12">
         <v>9.753</v>
       </c>
       <c r="F15" s="12">
         <v>9.1833</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>13</v>