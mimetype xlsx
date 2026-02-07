--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -749,51 +749,51 @@
       </c>
       <c r="E16" s="13">
         <v>8.7343</v>
       </c>
       <c r="F16" s="13">
         <v>14.1918</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="13">
         <v>6.5403</v>
       </c>
       <c r="C17" s="13">
         <v>6.9354</v>
       </c>
       <c r="D17" s="13">
         <v>4.8321</v>
       </c>
       <c r="E17" s="13">
         <v>5.4485</v>
       </c>
       <c r="F17" s="13">
-        <v>6.854</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="13">
         <v>7.6259</v>
       </c>
       <c r="C18" s="13">
         <v>4.6255</v>
       </c>
       <c r="D18" s="13">
         <v>2.2043</v>
       </c>
       <c r="E18" s="13">
         <v>6.343</v>
       </c>
       <c r="F18" s="13">
         <v>15.2482</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>15</v>