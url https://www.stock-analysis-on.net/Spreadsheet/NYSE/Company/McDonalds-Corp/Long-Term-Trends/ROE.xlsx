--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -18,54 +18,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Calculation" sheetId="1" r:id="rId4"/>
     <sheet name="Comparison to Competitors" sheetId="2" r:id="rId5"/>
     <sheet name="Comparison to Sector" sheetId="3" r:id="rId6"/>
     <sheet name="Comparison to Industry" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>McDonald’s Corp.</t>
   </si>
   <si>
     <t>ROE, long-term trends, calculation</t>
   </si>
   <si>
     <t>ROE</t>
   </si>
   <si>
     <t>=</t>
   </si>
   <si>
     <t>×</t>
   </si>
   <si>
     <t>Net income</t>
   </si>
   <si>
     <t>÷</t>
   </si>
   <si>
     <t>Shareholders’ equity (deficit)</t>
   </si>
   <si>
@@ -89,67 +86,58 @@
   <si>
     <t>Starbucks Corp.</t>
   </si>
   <si>
     <t>ROE, long-term trends, comparison to sector (consumer services)</t>
   </si>
   <si>
     <t>Consumer Services</t>
   </si>
   <si>
     <t>ROE, long-term trends, comparison to industry (consumer discretionary)</t>
   </si>
   <si>
     <t>Consumer Discretionary</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-409]mmm d, yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -185,71 +173,70 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom style="medium">
         <color rgb="FF252525"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -525,1462 +512,1442 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H27" sqref="H27"/>
+      <selection activeCell="H25" sqref="H25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:8">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:8">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
+      <c r="C4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="4">
+        <v>100</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F5" s="7">
+        <v>8223.0</v>
+      </c>
+      <c r="H5" s="7">
+        <v>-3797.0</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
-      <c r="A6" s="4"/>
-[...18 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="A6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F6" s="7">
+        <v>8469.0</v>
+      </c>
+      <c r="H6" s="7">
+        <v>-4707.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" s="5">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F7" s="7">
+        <v>6177.0</v>
+      </c>
+      <c r="H7" s="7">
+        <v>-6003.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" s="5">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F8" s="7">
+        <v>7545.0</v>
+      </c>
+      <c r="H8" s="7">
+        <v>-4601.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" s="5">
+        <v>44196</v>
+      </c>
+      <c r="B9" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F9" s="7">
+        <v>4731.0</v>
+      </c>
+      <c r="H9" s="7">
+        <v>-7825.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="5">
+        <v>43830</v>
+      </c>
+      <c r="B10" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F10" s="7">
+        <v>6025.0</v>
+      </c>
+      <c r="H10" s="7">
+        <v>-8210.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="5">
+        <v>43465</v>
+      </c>
+      <c r="B11" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F11" s="7">
+        <v>5924.0</v>
+      </c>
+      <c r="H11" s="7">
+        <v>-6258.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="5">
+        <v>43100</v>
+      </c>
+      <c r="B12" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F12" s="7">
+        <v>5192.0</v>
+      </c>
+      <c r="H12" s="7">
+        <v>-3268.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" s="5">
+        <v>42735</v>
+      </c>
+      <c r="B13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F13" s="7">
+        <v>4687.0</v>
+      </c>
+      <c r="H13" s="7">
+        <v>-2204.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="5">
+        <v>42369</v>
+      </c>
+      <c r="B14" s="6">
+        <v>0.639</v>
+      </c>
+      <c r="F14" s="7">
+        <v>4529.0</v>
+      </c>
+      <c r="H14" s="7">
+        <v>7088.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="5">
+        <v>42004</v>
+      </c>
+      <c r="B15" s="6">
+        <v>0.3702</v>
+      </c>
+      <c r="F15" s="7">
+        <v>4758.0</v>
+      </c>
+      <c r="H15" s="7">
+        <v>12853.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="5">
+        <v>41639</v>
+      </c>
+      <c r="B16" s="6">
+        <v>0.3489</v>
+      </c>
+      <c r="F16" s="7">
+        <v>5586.0</v>
+      </c>
+      <c r="H16" s="7">
+        <v>16010.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" s="5">
+        <v>41274</v>
+      </c>
+      <c r="B17" s="6">
+        <v>0.3573</v>
+      </c>
+      <c r="F17" s="7">
+        <v>5465.0</v>
+      </c>
+      <c r="H17" s="7">
+        <v>15294.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" s="5">
+        <v>40908</v>
+      </c>
+      <c r="B18" s="6">
+        <v>0.3824</v>
+      </c>
+      <c r="F18" s="7">
+        <v>5503.0</v>
+      </c>
+      <c r="H18" s="7">
+        <v>14390.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="5">
+        <v>40543</v>
+      </c>
+      <c r="B19" s="6">
+        <v>0.338</v>
+      </c>
+      <c r="F19" s="7">
+        <v>4946.0</v>
+      </c>
+      <c r="H19" s="7">
+        <v>14634.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="5">
+        <v>40178</v>
+      </c>
+      <c r="B20" s="6">
+        <v>0.3243</v>
+      </c>
+      <c r="F20" s="7">
+        <v>4551.0</v>
+      </c>
+      <c r="H20" s="7">
+        <v>14034.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="5">
+        <v>39813</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0.3223</v>
+      </c>
+      <c r="F21" s="7">
+        <v>4313.0</v>
+      </c>
+      <c r="H21" s="7">
+        <v>13383.0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" s="5">
+        <v>39447</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0.1567</v>
+      </c>
+      <c r="F22" s="7">
+        <v>2395.0</v>
+      </c>
+      <c r="H22" s="7">
+        <v>15280.0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B23" s="6">
+        <v>0.2293</v>
+      </c>
+      <c r="F23" s="7">
+        <v>3544.0</v>
+      </c>
+      <c r="H23" s="7">
+        <v>15458.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" s="5">
+        <v>38717</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.1718</v>
+      </c>
+      <c r="F24" s="7">
+        <v>2602.0</v>
+      </c>
+      <c r="H24" s="7">
+        <v>15146.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
-    </row>
-[...290 lines deleted...]
-      <c r="H27" s="9"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="8"/>
+      <c r="D25" s="8"/>
+      <c r="E25" s="8"/>
+      <c r="F25" s="8"/>
+      <c r="G25" s="8"/>
+      <c r="H25" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G27"/>
+  <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="G27" sqref="G27"/>
+      <selection activeCell="G25" sqref="G25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:7">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:7">
+      <c r="A2" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:7">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>10</v>
       </c>
+      <c r="D4" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7">
+      <c r="A5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C5" s="6">
+        <v>0.3148</v>
+      </c>
+      <c r="D5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E5" s="6">
+        <v>0.4197</v>
+      </c>
+      <c r="F5" s="6">
+        <v>0.0158</v>
+      </c>
+      <c r="G5" s="6">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="6" spans="1:7">
-      <c r="A6" s="4"/>
-[...16 lines deleted...]
-        <v>15</v>
+      <c r="A6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>0.5869</v>
+      </c>
+      <c r="D6" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>0.4013</v>
+      </c>
+      <c r="F6" s="6">
+        <v>-0.082</v>
+      </c>
+      <c r="G6" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:7">
-      <c r="A7" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="5">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>0.3405</v>
+      </c>
+      <c r="D7" s="6">
+        <v>1.0992</v>
+      </c>
+      <c r="E7" s="6">
+        <v>0.3797</v>
+      </c>
+      <c r="F7" s="6">
+        <v>-0.2021</v>
+      </c>
+      <c r="G7" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:7">
-      <c r="A8" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C8" s="6">
+        <v>-0.0737</v>
+      </c>
+      <c r="D8" s="6">
+        <v>0.1886</v>
+      </c>
+      <c r="E8" s="6">
+        <v>0.2842</v>
+      </c>
+      <c r="F8" s="6">
+        <v>-0.1003</v>
+      </c>
+      <c r="G8" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:7">
-      <c r="A9" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="5">
+        <v>44196</v>
+      </c>
+      <c r="B9" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C9" s="6">
+        <v>-1.58</v>
+      </c>
+      <c r="D9" s="6">
+        <v>0.0121</v>
+      </c>
+      <c r="E9" s="6">
+        <v>0.1761</v>
+      </c>
+      <c r="F9" s="6">
+        <v>-0.0981</v>
+      </c>
+      <c r="G9" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:7">
-      <c r="A10" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="5">
+        <v>43830</v>
+      </c>
+      <c r="B10" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.82</v>
+      </c>
+      <c r="E10" s="6">
+        <v>0.2081</v>
+      </c>
+      <c r="F10" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G10" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:7">
-      <c r="A11" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="5">
+        <v>43465</v>
+      </c>
+      <c r="B11" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C11" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D11" s="6">
+        <v>0.4551</v>
+      </c>
+      <c r="E11" s="6">
+        <v>0.1225</v>
+      </c>
+      <c r="F11" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G11" s="6">
+        <v>3.8634</v>
       </c>
     </row>
     <row r="12" spans="1:7">
-      <c r="A12" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="5">
+        <v>43100</v>
+      </c>
+      <c r="B12" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D12" s="6">
+        <v>0.2079</v>
+      </c>
+      <c r="E12" s="6">
+        <v>0.1292</v>
+      </c>
+      <c r="F12" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G12" s="6">
+        <v>0.5293</v>
       </c>
     </row>
     <row r="13" spans="1:7">
-      <c r="A13" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="5">
+        <v>42735</v>
+      </c>
+      <c r="B13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D13" s="6">
+        <v>0.2174</v>
+      </c>
+      <c r="E13" s="6">
+        <v>0.0164</v>
+      </c>
+      <c r="F13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G13" s="6">
+        <v>0.4789</v>
       </c>
     </row>
     <row r="14" spans="1:7">
-      <c r="A14" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="5">
+        <v>42369</v>
+      </c>
+      <c r="B14" s="6">
+        <v>0.639</v>
+      </c>
+      <c r="C14" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0.2901</v>
+      </c>
+      <c r="E14" s="6">
+        <v>0.2235</v>
+      </c>
+      <c r="F14" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G14" s="6">
+        <v>0.4739</v>
       </c>
     </row>
     <row r="15" spans="1:7">
-      <c r="A15" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="5">
+        <v>42004</v>
+      </c>
+      <c r="B15" s="6">
+        <v>0.3702</v>
+      </c>
+      <c r="C15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D15" s="6">
+        <v>0.2827</v>
+      </c>
+      <c r="E15" s="6">
+        <v>0.2213</v>
+      </c>
+      <c r="F15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G15" s="6">
+        <v>0.3923</v>
       </c>
     </row>
     <row r="16" spans="1:7">
-      <c r="A16" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="5">
+        <v>41639</v>
+      </c>
+      <c r="B16" s="6">
+        <v>0.3489</v>
+      </c>
+      <c r="C16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D16" s="6">
+        <v>0.2739</v>
+      </c>
+      <c r="E16" s="6">
+        <v>0.2129</v>
+      </c>
+      <c r="F16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G16" s="6">
+        <v>0.0019</v>
       </c>
     </row>
     <row r="17" spans="1:7">
-      <c r="A17" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="5">
+        <v>41274</v>
+      </c>
+      <c r="B17" s="6">
+        <v>0.3573</v>
+      </c>
+      <c r="C17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D17" s="6">
+        <v>0.3643</v>
+      </c>
+      <c r="E17" s="6">
+        <v>0.2231</v>
+      </c>
+      <c r="F17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G17" s="6">
+        <v>0.2709</v>
       </c>
     </row>
     <row r="18" spans="1:7">
-      <c r="A18" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="5">
+        <v>40908</v>
+      </c>
+      <c r="B18" s="6">
+        <v>0.3824</v>
+      </c>
+      <c r="C18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0.4104</v>
+      </c>
+      <c r="E18" s="6">
+        <v>0.2058</v>
+      </c>
+      <c r="F18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G18" s="6">
+        <v>0.2841</v>
       </c>
     </row>
     <row r="19" spans="1:7">
-      <c r="A19" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="5">
+        <v>40543</v>
+      </c>
+      <c r="B19" s="6">
+        <v>0.338</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D19" s="6">
+        <v>0.2909</v>
+      </c>
+      <c r="E19" s="6">
+        <v>0.2207</v>
+      </c>
+      <c r="F19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G19" s="6">
+        <v>0.2573</v>
       </c>
     </row>
     <row r="20" spans="1:7">
-      <c r="A20" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="5">
+        <v>40178</v>
+      </c>
+      <c r="B20" s="6">
+        <v>0.3243</v>
+      </c>
+      <c r="C20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D20" s="6">
+        <v>0.3704</v>
+      </c>
+      <c r="E20" s="6">
+        <v>0.1803</v>
+      </c>
+      <c r="F20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G20" s="6">
+        <v>0.1283</v>
       </c>
     </row>
     <row r="21" spans="1:7">
-      <c r="A21" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="5">
+        <v>39813</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0.3223</v>
+      </c>
+      <c r="C21" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D21" s="6">
+        <v>0.2649</v>
+      </c>
+      <c r="E21" s="6">
+        <v>0.1256</v>
+      </c>
+      <c r="F21" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G21" s="6">
+        <v>0.1267</v>
       </c>
     </row>
     <row r="22" spans="1:7">
-      <c r="A22" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="5">
+        <v>39447</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0.1567</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D22" s="6">
+        <v>0.2712</v>
+      </c>
+      <c r="E22" s="6">
+        <v>0.1255</v>
+      </c>
+      <c r="F22" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G22" s="6">
+        <v>0.2945</v>
       </c>
     </row>
     <row r="23" spans="1:7">
-      <c r="A23" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B23" s="6">
+        <v>0.2293</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D23" s="6">
+        <v>0.2136</v>
+      </c>
+      <c r="E23" s="6">
+        <v>0.0874</v>
+      </c>
+      <c r="F23" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G23" s="6">
+        <v>0.2532</v>
       </c>
     </row>
     <row r="24" spans="1:7">
-      <c r="A24" s="6">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="5">
+        <v>38717</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.1718</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D24" s="6">
+        <v>0.5222</v>
+      </c>
+      <c r="E24" s="6">
+        <v>0.1219</v>
+      </c>
+      <c r="F24" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G24" s="6">
+        <v>0.2365</v>
       </c>
     </row>
     <row r="25" spans="1:7">
-      <c r="A25" s="6">
-[...53 lines deleted...]
-      <c r="G27" s="9"/>
+      <c r="A25" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" s="8"/>
+      <c r="C25" s="8"/>
+      <c r="D25" s="8"/>
+      <c r="E25" s="8"/>
+      <c r="F25" s="8"/>
+      <c r="G25" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C27"/>
+  <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C27" sqref="C27"/>
+      <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:3">
+      <c r="A2" s="2" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:3">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>16</v>
       </c>
     </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C5" s="6">
+        <v>4.8149</v>
+      </c>
+    </row>
     <row r="6" spans="1:3">
-      <c r="A6" s="4"/>
-[...4 lines deleted...]
-        <v>17</v>
+      <c r="A6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>8.6351</v>
       </c>
     </row>
     <row r="7" spans="1:3">
-      <c r="A7" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="5">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>5.0632</v>
       </c>
     </row>
     <row r="8" spans="1:3">
-      <c r="A8" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C8" s="6">
+        <v>1.5936</v>
       </c>
     </row>
     <row r="9" spans="1:3">
-      <c r="A9" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="5">
+        <v>44196</v>
+      </c>
+      <c r="B9" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C9" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:3">
-      <c r="A10" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="5">
+        <v>43830</v>
+      </c>
+      <c r="B10" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:3">
-      <c r="A11" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="5">
+        <v>43465</v>
+      </c>
+      <c r="B11" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C11" s="6">
+        <v>2.8452</v>
       </c>
     </row>
     <row r="12" spans="1:3">
-      <c r="A12" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="5">
+        <v>43100</v>
+      </c>
+      <c r="B12" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="6">
+        <v>0.7155</v>
       </c>
     </row>
     <row r="13" spans="1:3">
-      <c r="A13" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="5">
+        <v>42735</v>
+      </c>
+      <c r="B13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>0.6484</v>
       </c>
     </row>
     <row r="14" spans="1:3">
-      <c r="A14" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="5">
+        <v>42369</v>
+      </c>
+      <c r="B14" s="6">
+        <v>0.639</v>
+      </c>
+      <c r="C14" s="6">
+        <v>0.4328</v>
       </c>
     </row>
     <row r="15" spans="1:3">
-      <c r="A15" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="5">
+        <v>42004</v>
+      </c>
+      <c r="B15" s="6">
+        <v>0.3702</v>
+      </c>
+      <c r="C15" s="6">
+        <v>0.3377</v>
       </c>
     </row>
     <row r="16" spans="1:3">
-      <c r="A16" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="5">
+        <v>41639</v>
+      </c>
+      <c r="B16" s="6">
+        <v>0.3489</v>
+      </c>
+      <c r="C16" s="6">
+        <v>0.27</v>
       </c>
     </row>
     <row r="17" spans="1:3">
-      <c r="A17" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="5">
+        <v>41274</v>
+      </c>
+      <c r="B17" s="6">
+        <v>0.3573</v>
+      </c>
+      <c r="C17" s="6">
+        <v>0.3345</v>
       </c>
     </row>
     <row r="18" spans="1:3">
-      <c r="A18" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="5">
+        <v>40908</v>
+      </c>
+      <c r="B18" s="6">
+        <v>0.3824</v>
+      </c>
+      <c r="C18" s="6">
+        <v>0.3581</v>
       </c>
     </row>
     <row r="19" spans="1:3">
-      <c r="A19" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="5">
+        <v>40543</v>
+      </c>
+      <c r="B19" s="6">
+        <v>0.338</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0.3152</v>
       </c>
     </row>
     <row r="20" spans="1:3">
-      <c r="A20" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="5">
+        <v>40178</v>
+      </c>
+      <c r="B20" s="6">
+        <v>0.3243</v>
+      </c>
+      <c r="C20" s="6">
+        <v>0.2909</v>
       </c>
     </row>
     <row r="21" spans="1:3">
-      <c r="A21" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="5">
+        <v>39813</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0.3223</v>
+      </c>
+      <c r="C21" s="6">
+        <v>0.2845</v>
       </c>
     </row>
     <row r="22" spans="1:3">
-      <c r="A22" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="5">
+        <v>39447</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0.1567</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0.1762</v>
       </c>
     </row>
     <row r="23" spans="1:3">
-      <c r="A23" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B23" s="6">
+        <v>0.2293</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0.2282</v>
       </c>
     </row>
     <row r="24" spans="1:3">
-      <c r="A24" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="5">
+        <v>38717</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.1718</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0.1857</v>
       </c>
     </row>
     <row r="25" spans="1:3">
-      <c r="A25" s="6">
-[...25 lines deleted...]
-      <c r="C27" s="9"/>
+      <c r="A25" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" s="8"/>
+      <c r="C25" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C27"/>
+  <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C27" sqref="C27"/>
+      <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:3">
+      <c r="A2" s="2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:3">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>18</v>
       </c>
     </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C5" s="6">
+        <v>0.2793</v>
+      </c>
+    </row>
     <row r="6" spans="1:3">
-      <c r="A6" s="4"/>
-[...4 lines deleted...]
-        <v>19</v>
+      <c r="A6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>0.2993</v>
       </c>
     </row>
     <row r="7" spans="1:3">
-      <c r="A7" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="5">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>0.2078</v>
       </c>
     </row>
     <row r="8" spans="1:3">
-      <c r="A8" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C8" s="6">
+        <v>0.3371</v>
       </c>
     </row>
     <row r="9" spans="1:3">
-      <c r="A9" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="5">
+        <v>44196</v>
+      </c>
+      <c r="B9" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C9" s="6">
+        <v>0.2449</v>
       </c>
     </row>
     <row r="10" spans="1:3">
-      <c r="A10" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="5">
+        <v>43830</v>
+      </c>
+      <c r="B10" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>0.3462</v>
       </c>
     </row>
     <row r="11" spans="1:3">
-      <c r="A11" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="5">
+        <v>43465</v>
+      </c>
+      <c r="B11" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C11" s="6">
+        <v>0.3433</v>
       </c>
     </row>
     <row r="12" spans="1:3">
-      <c r="A12" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="5">
+        <v>43100</v>
+      </c>
+      <c r="B12" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="6">
+        <v>0.2285</v>
       </c>
     </row>
     <row r="13" spans="1:3">
-      <c r="A13" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="5">
+        <v>42735</v>
+      </c>
+      <c r="B13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>0.2874</v>
       </c>
     </row>
     <row r="14" spans="1:3">
-      <c r="A14" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="5">
+        <v>42369</v>
+      </c>
+      <c r="B14" s="6">
+        <v>0.639</v>
+      </c>
+      <c r="C14" s="6">
+        <v>0.2903</v>
       </c>
     </row>
     <row r="15" spans="1:3">
-      <c r="A15" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="5">
+        <v>42004</v>
+      </c>
+      <c r="B15" s="6">
+        <v>0.3702</v>
+      </c>
+      <c r="C15" s="6">
+        <v>0.206</v>
       </c>
     </row>
     <row r="16" spans="1:3">
-      <c r="A16" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="5">
+        <v>41639</v>
+      </c>
+      <c r="B16" s="6">
+        <v>0.3489</v>
+      </c>
+      <c r="C16" s="6">
+        <v>0.2034</v>
       </c>
     </row>
     <row r="17" spans="1:3">
-      <c r="A17" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="5">
+        <v>41274</v>
+      </c>
+      <c r="B17" s="6">
+        <v>0.3573</v>
+      </c>
+      <c r="C17" s="6">
+        <v>0.2197</v>
       </c>
     </row>
     <row r="18" spans="1:3">
-      <c r="A18" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="5">
+        <v>40908</v>
+      </c>
+      <c r="B18" s="6">
+        <v>0.3824</v>
+      </c>
+      <c r="C18" s="6">
+        <v>0.3492</v>
       </c>
     </row>
     <row r="19" spans="1:3">
-      <c r="A19" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="5">
+        <v>40543</v>
+      </c>
+      <c r="B19" s="6">
+        <v>0.338</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0.2434</v>
       </c>
     </row>
     <row r="20" spans="1:3">
-      <c r="A20" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="5">
+        <v>40178</v>
+      </c>
+      <c r="B20" s="6">
+        <v>0.3243</v>
+      </c>
+      <c r="C20" s="6">
+        <v>0.2532</v>
       </c>
     </row>
     <row r="21" spans="1:3">
-      <c r="A21" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="5">
+        <v>39813</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0.3223</v>
+      </c>
+      <c r="C21" s="6">
+        <v>0.0164</v>
       </c>
     </row>
     <row r="22" spans="1:3">
-      <c r="A22" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="5">
+        <v>39447</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0.1567</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0.1606</v>
       </c>
     </row>
     <row r="23" spans="1:3">
-      <c r="A23" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B23" s="6">
+        <v>0.2293</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0.0384</v>
       </c>
     </row>
     <row r="24" spans="1:3">
-      <c r="A24" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="5">
+        <v>38717</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.1718</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0.1992</v>
       </c>
     </row>
     <row r="25" spans="1:3">
-      <c r="A25" s="6">
-[...25 lines deleted...]
-      <c r="C27" s="9"/>
+      <c r="A25" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" s="8"/>
+      <c r="C25" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">