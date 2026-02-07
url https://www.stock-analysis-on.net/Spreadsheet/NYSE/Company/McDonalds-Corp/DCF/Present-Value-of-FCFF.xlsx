--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -38,51 +38,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>McDonald’s Corp.</t>
   </si>
   <si>
     <t>Free cash flow to the firm (FCFF) forecast</t>
   </si>
   <si>
     <t>US$ in millions, except per share data</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>FCFF(t) or TV(t)</t>
   </si>
   <si>
-    <t>Present value at 12.51%</t>
+    <t>Present value at 12.52%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Intrinsic value of McDonald’s Corp. capital</t>
   </si>
@@ -732,161 +732,161 @@
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="4">
         <v>0</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="5">
         <v>7900.0</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="4">
         <v>1</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="5">
         <v>8534.0</v>
       </c>
       <c r="D7" s="5">
-        <v>7585.0</v>
+        <v>7584.0</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="4">
         <v>2</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="5">
-        <v>9246.0</v>
+        <v>9247.0</v>
       </c>
       <c r="D8" s="5">
-        <v>7304.0</v>
+        <v>7303.0</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="4">
         <v>3</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="5">
-        <v>10046.0</v>
+        <v>10049.0</v>
       </c>
       <c r="D9" s="5">
         <v>7054.0</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="4">
         <v>4</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="5">
-        <v>10948.0</v>
+        <v>10955.0</v>
       </c>
       <c r="D10" s="5">
-        <v>6833.0</v>
+        <v>6834.0</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="4">
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="5">
-        <v>11965.0</v>
+        <v>11978.0</v>
       </c>
       <c r="D11" s="5">
-        <v>6638.0</v>
+        <v>6640.0</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="4">
         <v>5</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="5">
-        <v>407026.0</v>
+        <v>411420.0</v>
       </c>
       <c r="D12" s="5">
-        <v>225804.0</v>
+        <v>228086.0</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="7">
-        <v>261219.0</v>
+        <v>263501.0</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="5">
         <v>38380.0</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="7">
-        <v>222839.0</v>
+        <v>225121.0</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D17" s="8">
-        <v>312.91000000000003</v>
+        <v>316.11000000000001</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D18" s="9">
-        <v>323.48000000000002</v>
+        <v>327.16000000000003</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A14:C14"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A18:C18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -910,51 +910,51 @@
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="11"/>
       <c r="B4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="5">
-        <v>230368.0</v>
+        <v>232988.0</v>
       </c>
       <c r="C5" s="12">
         <v>0.86</v>
       </c>
       <c r="D5" s="13">
         <v>0.1408</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="5">
         <v>38380.0</v>
       </c>
       <c r="C6" s="12">
         <v>0.14</v>
       </c>
       <c r="D6" s="13">
         <v>0.0304</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="10" t="s">
         <v>19</v>
@@ -1405,84 +1405,84 @@
         <v>4</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4">
         <v>1</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C5" s="13">
         <v>0.0802</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C6" s="13">
-        <v>0.0834</v>
+        <v>0.0835</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="13">
-        <v>0.0866</v>
+        <v>0.0868</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="13">
-        <v>0.0898</v>
+        <v>0.0901</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="13">
-        <v>0.0929</v>
+        <v>0.0934</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>