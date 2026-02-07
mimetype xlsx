--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1042,108 +1042,108 @@
     </row>
     <row r="14" spans="1:24" customHeight="1" ht="34.8">
       <c r="A14" s="6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:24" customHeight="1" ht="28.8">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="14">
         <v>0.0</v>
       </c>
       <c r="C16" s="14">
         <v>0.0</v>
       </c>
       <c r="D16" s="14">
         <v>0.0</v>
       </c>
       <c r="E16" s="14">
-        <v>0.0</v>
+        <v>64.72</v>
       </c>
       <c r="F16" s="14">
         <v>413.97000000000003</v>
       </c>
       <c r="G16" s="14">
         <v>148.93000000000001</v>
       </c>
       <c r="H16" s="14">
         <v>76.73999999999999</v>
       </c>
       <c r="I16" s="14">
         <v>55.79</v>
       </c>
       <c r="J16" s="14">
         <v>43.32</v>
       </c>
       <c r="K16" s="14">
         <v>39.93</v>
       </c>
       <c r="L16" s="14">
         <v>53.59</v>
       </c>
       <c r="M16" s="14">
         <v>77.31999999999999</v>
       </c>
       <c r="N16" s="14">
         <v>0.0</v>
       </c>
       <c r="O16" s="14">
         <v>0.0</v>
       </c>
       <c r="P16" s="14">
         <v>0.0</v>
       </c>
       <c r="Q16" s="14">
         <v>0.0</v>
       </c>
       <c r="R16" s="14">
         <v>0.0</v>
       </c>
       <c r="S16" s="14">
         <v>0.0</v>
       </c>
       <c r="T16" s="14">
         <v>0.0</v>
       </c>
       <c r="U16" s="14">
-        <v>24.33</v>
+        <v>0.0</v>
       </c>
       <c r="V16" s="14">
-        <v>31.5</v>
+        <v>0.0</v>
       </c>
       <c r="W16" s="14">
-        <v>19.23</v>
+        <v>0.0</v>
       </c>
       <c r="X16" s="14">
-        <v>69.81</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="14">
         <v>95.069999999999993</v>
       </c>
       <c r="C17" s="14">
         <v>36.32</v>
       </c>
       <c r="D17" s="14">
         <v>55.43</v>
       </c>
       <c r="E17" s="14">
         <v>52.78</v>
       </c>
       <c r="F17" s="14">
         <v>40.079999999999998</v>
       </c>
       <c r="G17" s="14">
         <v>36.65</v>
       </c>
       <c r="H17" s="14">