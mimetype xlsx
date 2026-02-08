--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -721,66 +721,66 @@
       <c r="E11" s="10">
         <v>13.49</v>
       </c>
       <c r="F11" s="10">
         <v>9.88</v>
       </c>
       <c r="G11" s="10">
         <v>8.83</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="13">
-        <v>0.0</v>
+        <v>43.55</v>
       </c>
       <c r="C14" s="13">
         <v>29.48</v>
       </c>
       <c r="D14" s="13">
         <v>12.8</v>
       </c>
       <c r="E14" s="13">
         <v>-1.51</v>
       </c>
       <c r="F14" s="13">
         <v>22.09</v>
       </c>
       <c r="G14" s="13">
-        <v>15.69</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="13">
         <v>9.36</v>
       </c>
       <c r="C15" s="13">
         <v>11.25</v>
       </c>
       <c r="D15" s="13">
         <v>14.9</v>
       </c>
       <c r="E15" s="13">
         <v>17.14</v>
       </c>
       <c r="F15" s="13">
         <v>13.6</v>
       </c>
       <c r="G15" s="13">
         <v>13.25</v>
       </c>
     </row>