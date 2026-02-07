--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -758,51 +758,51 @@
       </c>
       <c r="C15" s="9">
         <v>9.22</v>
       </c>
       <c r="D15" s="9">
         <v>14.73</v>
       </c>
       <c r="E15" s="9">
         <v>0.0</v>
       </c>
       <c r="F15" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="9">
         <v>5.14</v>
       </c>
       <c r="C16" s="9">
         <v>5.8</v>
       </c>
       <c r="D16" s="9">
-        <v>7.26</v>
+        <v>0.0</v>
       </c>
       <c r="E16" s="9">
         <v>0.0</v>
       </c>
       <c r="F16" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
         <v>3.23</v>
       </c>
       <c r="C17" s="9">
         <v>7.3</v>
       </c>
       <c r="D17" s="9">
         <v>16.87</v>
       </c>
       <c r="E17" s="9">
         <v>0.0</v>
       </c>
       <c r="F17" s="9">