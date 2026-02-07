--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -824,200 +824,200 @@
       <c r="B13" s="7">
         <v>5.38</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="7">
         <v>5.08</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="10">
         <v>18.91</v>
       </c>
       <c r="C16" s="10">
-        <v>28.19</v>
+        <v>28.4</v>
       </c>
       <c r="D16" s="10">
-        <v>24.35</v>
+        <v>24.43</v>
       </c>
       <c r="E16" s="10">
-        <v>33.14</v>
+        <v>33.41</v>
       </c>
       <c r="F16" s="10">
-        <v>644.25999999999999</v>
+        <v>639.38</v>
       </c>
       <c r="G16" s="10">
-        <v>28.02</v>
+        <v>28.33</v>
       </c>
       <c r="H16" s="10">
-        <v>58.96</v>
+        <v>61.030000000000001</v>
       </c>
       <c r="I16" s="10">
-        <v>49.32</v>
+        <v>49.85</v>
       </c>
       <c r="J16" s="10">
-        <v>83.61</v>
+        <v>82.78</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="10">
         <v>18.52</v>
       </c>
       <c r="C17" s="10">
-        <v>32.17</v>
+        <v>32.41</v>
       </c>
       <c r="D17" s="10">
-        <v>15.95</v>
+        <v>16.0</v>
       </c>
       <c r="E17" s="10">
-        <v>24.88</v>
+        <v>23.79</v>
       </c>
       <c r="F17" s="10">
-        <v>721.92999999999995</v>
+        <v>716.47000000000003</v>
       </c>
       <c r="G17" s="10">
         <v>0.0</v>
       </c>
       <c r="H17" s="10">
         <v>0.0</v>
       </c>
       <c r="I17" s="10">
-        <v>18.52</v>
+        <v>18.72</v>
       </c>
       <c r="J17" s="10">
-        <v>69.060000000000002</v>
+        <v>68.37</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="10">
         <v>8.99</v>
       </c>
       <c r="C18" s="10">
         <v>0.0</v>
       </c>
       <c r="D18" s="10">
         <v>0.46</v>
       </c>
       <c r="E18" s="10">
-        <v>1.0</v>
+        <v>0.83</v>
       </c>
       <c r="F18" s="10">
         <v>0.0</v>
       </c>
       <c r="G18" s="10">
         <v>0.0</v>
       </c>
       <c r="H18" s="10">
         <v>0.0</v>
       </c>
       <c r="I18" s="10">
         <v>0.3</v>
       </c>
       <c r="J18" s="10">
-        <v>3.97</v>
+        <v>3.93</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="10">
         <v>8.43</v>
       </c>
       <c r="C19" s="10">
-        <v>6.72</v>
+        <v>6.77</v>
       </c>
       <c r="D19" s="10">
-        <v>6.03</v>
+        <v>6.05</v>
       </c>
       <c r="E19" s="10">
-        <v>4.49</v>
+        <v>4.3</v>
       </c>
       <c r="F19" s="10">
-        <v>7.39</v>
+        <v>7.33</v>
       </c>
       <c r="G19" s="10">
-        <v>8.89</v>
+        <v>8.99</v>
       </c>
       <c r="H19" s="10">
-        <v>2.94</v>
+        <v>3.05</v>
       </c>
       <c r="I19" s="10">
-        <v>7.15</v>
+        <v>7.23</v>
       </c>
       <c r="J19" s="10">
-        <v>4.13</v>
+        <v>4.09</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="10">
         <v>8.93</v>
       </c>
       <c r="C20" s="10">
-        <v>8.87</v>
+        <v>8.94</v>
       </c>
       <c r="D20" s="10">
         <v>0.0</v>
       </c>
       <c r="E20" s="10">
-        <v>13.91</v>
+        <v>18.12</v>
       </c>
       <c r="F20" s="10">
-        <v>10.16</v>
+        <v>10.08</v>
       </c>
       <c r="G20" s="10">
         <v>0.0</v>
       </c>
       <c r="H20" s="10">
         <v>0.0</v>
       </c>
       <c r="I20" s="10">
-        <v>249.74000000000001</v>
+        <v>252.40000000000001</v>
       </c>
       <c r="J20" s="10">
-        <v>17.11</v>
+        <v>16.94</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="11"/>
       <c r="C21" s="11"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11"/>
       <c r="F21" s="11"/>
       <c r="G21" s="11"/>
       <c r="H21" s="11"/>
       <c r="I21" s="11"/>
       <c r="J21" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
@@ -1353,51 +1353,51 @@
       </c>
       <c r="C15" s="10">
         <v>86.68000000000001</v>
       </c>
       <c r="D15" s="10">
         <v>1696.44000000000005</v>
       </c>
       <c r="E15" s="10">
         <v>0.0</v>
       </c>
       <c r="F15" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="10">
         <v>49.37</v>
       </c>
       <c r="C16" s="10">
         <v>67.030000000000001</v>
       </c>
       <c r="D16" s="10">
-        <v>122.18000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="E16" s="10">
         <v>0.0</v>
       </c>
       <c r="F16" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="10">
         <v>0.0</v>
       </c>
       <c r="C17" s="10">
         <v>0.0</v>
       </c>
       <c r="D17" s="10">
         <v>0.0</v>
       </c>
       <c r="E17" s="10">
         <v>0.0</v>
       </c>
       <c r="F17" s="10">
@@ -1704,51 +1704,51 @@
       </c>
       <c r="C15" s="10">
         <v>40.46</v>
       </c>
       <c r="D15" s="10">
         <v>0.0</v>
       </c>
       <c r="E15" s="10">
         <v>0.0</v>
       </c>
       <c r="F15" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="10">
         <v>38.25</v>
       </c>
       <c r="C16" s="10">
         <v>54.38</v>
       </c>
       <c r="D16" s="10">
-        <v>149.81</v>
+        <v>0.0</v>
       </c>
       <c r="E16" s="10">
         <v>0.0</v>
       </c>
       <c r="F16" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="10">
         <v>0.0</v>
       </c>
       <c r="C17" s="10">
         <v>0.0</v>
       </c>
       <c r="D17" s="10">
         <v>0.0</v>
       </c>
       <c r="E17" s="10">
         <v>0.0</v>
       </c>
       <c r="F17" s="10">
@@ -2055,51 +2055,51 @@
       </c>
       <c r="C15" s="10">
         <v>9.22</v>
       </c>
       <c r="D15" s="10">
         <v>14.73</v>
       </c>
       <c r="E15" s="10">
         <v>0.0</v>
       </c>
       <c r="F15" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="10">
         <v>5.14</v>
       </c>
       <c r="C16" s="10">
         <v>5.8</v>
       </c>
       <c r="D16" s="10">
-        <v>7.26</v>
+        <v>0.0</v>
       </c>
       <c r="E16" s="10">
         <v>0.0</v>
       </c>
       <c r="F16" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="10">
         <v>3.23</v>
       </c>
       <c r="C17" s="10">
         <v>7.3</v>
       </c>
       <c r="D17" s="10">
         <v>16.87</v>
       </c>
       <c r="E17" s="10">
         <v>0.0</v>
       </c>
       <c r="F17" s="10">
@@ -2406,51 +2406,51 @@
       </c>
       <c r="C15" s="10">
         <v>16.35</v>
       </c>
       <c r="D15" s="10">
         <v>20.46</v>
       </c>
       <c r="E15" s="10">
         <v>0.0</v>
       </c>
       <c r="F15" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="10">
         <v>18.74</v>
       </c>
       <c r="C16" s="10">
         <v>19.050000000000001</v>
       </c>
       <c r="D16" s="10">
-        <v>21.52</v>
+        <v>0.0</v>
       </c>
       <c r="E16" s="10">
         <v>0.0</v>
       </c>
       <c r="F16" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="10">
         <v>3.15</v>
       </c>
       <c r="C17" s="10">
         <v>7.65</v>
       </c>
       <c r="D17" s="10">
         <v>10.36</v>
       </c>
       <c r="E17" s="10">
         <v>0.0</v>
       </c>
       <c r="F17" s="10">