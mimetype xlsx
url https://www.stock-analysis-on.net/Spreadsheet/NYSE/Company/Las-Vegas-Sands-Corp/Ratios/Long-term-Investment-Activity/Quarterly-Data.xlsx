--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1338,60 +1338,60 @@
       <c r="A15" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="7">
         <v>4.56</v>
       </c>
       <c r="C15" s="7">
         <v>4.59</v>
       </c>
       <c r="D15" s="7">
         <v>4.53</v>
       </c>
       <c r="E15" s="7">
         <v>4.43</v>
       </c>
       <c r="F15" s="7">
         <v>4.5</v>
       </c>
       <c r="G15" s="7">
         <v>4.49</v>
       </c>
       <c r="H15" s="7">
         <v>4.4</v>
       </c>
       <c r="I15" s="7">
-        <v>4.27</v>
+        <v>0.0</v>
       </c>
       <c r="J15" s="7">
-        <v>4.18</v>
+        <v>0.0</v>
       </c>
       <c r="K15" s="7">
-        <v>4.11</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="7">
-        <v>3.91</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
       <c r="P15" s="7">
         <v>0.0</v>
       </c>
       <c r="Q15" s="7">
         <v>0.0</v>
       </c>
       <c r="R15" s="7">
         <v>0.0</v>
       </c>
       <c r="S15" s="7">
         <v>0.0</v>
       </c>
       <c r="T15" s="7">
         <v>0.0</v>
       </c>
@@ -2038,60 +2038,60 @@
       <c r="A15" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="7">
         <v>1.21</v>
       </c>
       <c r="C15" s="7">
         <v>1.23</v>
       </c>
       <c r="D15" s="7">
         <v>1.27</v>
       </c>
       <c r="E15" s="7">
         <v>1.25</v>
       </c>
       <c r="F15" s="7">
         <v>1.23</v>
       </c>
       <c r="G15" s="7">
         <v>1.24</v>
       </c>
       <c r="H15" s="7">
         <v>1.21</v>
       </c>
       <c r="I15" s="7">
-        <v>1.13</v>
+        <v>0.0</v>
       </c>
       <c r="J15" s="7">
-        <v>1.09</v>
+        <v>0.0</v>
       </c>
       <c r="K15" s="7">
-        <v>1.08</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="7">
-        <v>1.03</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
       <c r="P15" s="7">
         <v>0.0</v>
       </c>
       <c r="Q15" s="7">
         <v>0.0</v>
       </c>
       <c r="R15" s="7">
         <v>0.0</v>
       </c>
       <c r="S15" s="7">
         <v>0.0</v>
       </c>
       <c r="T15" s="7">
         <v>0.0</v>
       </c>
@@ -2738,60 +2738,60 @@
       <c r="A15" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="7">
         <v>3.3</v>
       </c>
       <c r="C15" s="7">
         <v>3.36</v>
       </c>
       <c r="D15" s="7">
         <v>3.62</v>
       </c>
       <c r="E15" s="7">
         <v>3.65</v>
       </c>
       <c r="F15" s="7">
         <v>3.62</v>
       </c>
       <c r="G15" s="7">
         <v>3.78</v>
       </c>
       <c r="H15" s="7">
         <v>3.67</v>
       </c>
       <c r="I15" s="7">
-        <v>3.29</v>
+        <v>0.0</v>
       </c>
       <c r="J15" s="7">
-        <v>3.11</v>
+        <v>0.0</v>
       </c>
       <c r="K15" s="7">
-        <v>3.15</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="7">
-        <v>3.0099999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
       <c r="P15" s="7">
         <v>0.0</v>
       </c>
       <c r="Q15" s="7">
         <v>0.0</v>
       </c>
       <c r="R15" s="7">
         <v>0.0</v>
       </c>
       <c r="S15" s="7">
         <v>0.0</v>
       </c>
       <c r="T15" s="7">
         <v>0.0</v>
       </c>