--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -730,51 +730,51 @@
       </c>
       <c r="D15" s="7">
         <v>83.0</v>
       </c>
       <c r="E15" s="7">
         <v>0.0</v>
       </c>
       <c r="F15" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="7">
         <v>341.0</v>
       </c>
       <c r="C16" s="7">
         <v>360.0</v>
       </c>
       <c r="D16" s="7">
         <v>353.0</v>
       </c>
       <c r="E16" s="7">
-        <v>403.0</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="7">
         <v>129.0</v>
       </c>
       <c r="C18" s="7">
         <v>131.0</v>
       </c>
       <c r="D18" s="7">
         <v>124.0</v>
       </c>
       <c r="E18" s="7">
         <v>0.0</v>