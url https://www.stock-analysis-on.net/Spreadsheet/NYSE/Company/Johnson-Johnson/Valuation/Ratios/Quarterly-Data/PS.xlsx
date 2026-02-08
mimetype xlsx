--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1526,60 +1526,60 @@
       <c r="I23" s="10">
         <v>7.84</v>
       </c>
       <c r="J23" s="10">
         <v>6.81</v>
       </c>
       <c r="K23" s="10">
         <v>6.61</v>
       </c>
       <c r="L23" s="10">
         <v>6.69</v>
       </c>
       <c r="M23" s="10">
         <v>7.0099999999999998</v>
       </c>
       <c r="N23" s="10">
         <v>5.87</v>
       </c>
       <c r="O23" s="10">
         <v>4.66</v>
       </c>
       <c r="P23" s="10">
         <v>4.4</v>
       </c>
       <c r="Q23" s="10">
-        <v>4.2</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="10">
-        <v>5.14</v>
+        <v>0.0</v>
       </c>
       <c r="S23" s="10">
-        <v>5.2</v>
+        <v>0.0</v>
       </c>
       <c r="T23" s="10">
-        <v>5.78</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10">
         <v>4.87</v>
       </c>
       <c r="C24" s="10">
         <v>4.05</v>
       </c>
       <c r="D24" s="10">
         <v>3.73</v>
       </c>
       <c r="E24" s="10">
         <v>4.73</v>
       </c>
       <c r="F24" s="10">
         <v>5.04</v>
       </c>
       <c r="G24" s="10">
         <v>5.55</v>
       </c>
       <c r="H24" s="10">