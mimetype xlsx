--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -885,108 +885,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="13">
         <v>0.0</v>
       </c>
       <c r="C13" s="13">
         <v>0.0</v>
       </c>
       <c r="D13" s="13">
         <v>0.0</v>
       </c>
       <c r="E13" s="13">
-        <v>0.0</v>
+        <v>0.0949</v>
       </c>
       <c r="F13" s="13">
         <v>0.1051</v>
       </c>
       <c r="G13" s="13">
         <v>0.1035</v>
       </c>
       <c r="H13" s="13">
         <v>0.1025</v>
       </c>
       <c r="I13" s="13">
         <v>0.0948</v>
       </c>
       <c r="J13" s="13">
         <v>0.0853</v>
       </c>
       <c r="K13" s="13">
         <v>0.0801</v>
       </c>
       <c r="L13" s="13">
         <v>0.071</v>
       </c>
       <c r="M13" s="13">
         <v>0.0576</v>
       </c>
       <c r="N13" s="13">
         <v>0.0412</v>
       </c>
       <c r="O13" s="13">
         <v>0.0274</v>
       </c>
       <c r="P13" s="13">
         <v>0.0092</v>
       </c>
       <c r="Q13" s="13">
         <v>-0.0059</v>
       </c>
       <c r="R13" s="13">
         <v>0.0264</v>
       </c>
       <c r="S13" s="13">
         <v>0.0277</v>
       </c>
       <c r="T13" s="13">
         <v>0.0521</v>
       </c>
       <c r="U13" s="13">
-        <v>0.0793</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="13">
-        <v>0.0687</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="13">
-        <v>0.0817</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="13">
-        <v>0.0833</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="13">
         <v>0.1268</v>
       </c>
       <c r="C14" s="13">
         <v>0.1471</v>
       </c>
       <c r="D14" s="13">
         <v>0.1508</v>
       </c>
       <c r="E14" s="13">
         <v>0.1614</v>
       </c>
       <c r="F14" s="13">
         <v>0.1532</v>
       </c>
       <c r="G14" s="13">
         <v>0.1542</v>
       </c>
       <c r="H14" s="13">