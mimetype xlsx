--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -885,108 +885,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="13">
         <v>0.0</v>
       </c>
       <c r="C13" s="13">
         <v>0.0</v>
       </c>
       <c r="D13" s="13">
         <v>0.0</v>
       </c>
       <c r="E13" s="13">
-        <v>0.0</v>
+        <v>0.5029</v>
       </c>
       <c r="F13" s="13">
         <v>0.5005</v>
       </c>
       <c r="G13" s="13">
         <v>0.4961</v>
       </c>
       <c r="H13" s="13">
         <v>0.4916</v>
       </c>
       <c r="I13" s="13">
         <v>0.4885</v>
       </c>
       <c r="J13" s="13">
         <v>0.4841</v>
       </c>
       <c r="K13" s="13">
         <v>0.4804</v>
       </c>
       <c r="L13" s="13">
         <v>0.4759</v>
       </c>
       <c r="M13" s="13">
         <v>0.4698</v>
       </c>
       <c r="N13" s="13">
         <v>0.4624</v>
       </c>
       <c r="O13" s="13">
         <v>0.4553</v>
       </c>
       <c r="P13" s="13">
         <v>0.4473</v>
       </c>
       <c r="Q13" s="13">
         <v>0.4381</v>
       </c>
       <c r="R13" s="13">
         <v>0.4304</v>
       </c>
       <c r="S13" s="13">
         <v>0.4265</v>
       </c>
       <c r="T13" s="13">
         <v>0.4214</v>
       </c>
       <c r="U13" s="13">
-        <v>0.4203</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="13">
-        <v>0.4131</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="13">
-        <v>0.4068</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="13">
-        <v>0.4001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="13">
         <v>0.3359</v>
       </c>
       <c r="C14" s="13">
         <v>0.3346</v>
       </c>
       <c r="D14" s="13">
         <v>0.3336</v>
       </c>
       <c r="E14" s="13">
         <v>0.3332</v>
       </c>
       <c r="F14" s="13">
         <v>0.3321</v>
       </c>
       <c r="G14" s="13">
         <v>0.3321</v>
       </c>
       <c r="H14" s="13">