--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -654,66 +654,66 @@
       <c r="E9" s="9">
         <v>0.3363</v>
       </c>
       <c r="F9" s="9">
         <v>0.3395</v>
       </c>
       <c r="G9" s="9">
         <v>0.3409</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="12">
-        <v>0.0</v>
+        <v>0.5029</v>
       </c>
       <c r="C12" s="12">
         <v>0.4885</v>
       </c>
       <c r="D12" s="12">
         <v>0.4698</v>
       </c>
       <c r="E12" s="12">
         <v>0.4381</v>
       </c>
       <c r="F12" s="12">
         <v>0.4203</v>
       </c>
       <c r="G12" s="12">
-        <v>0.3957</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="12">
         <v>0.3332</v>
       </c>
       <c r="C13" s="12">
         <v>0.3339</v>
       </c>
       <c r="D13" s="12">
         <v>0.3323</v>
       </c>
       <c r="E13" s="12">
         <v>0.333</v>
       </c>
       <c r="F13" s="12">
         <v>0.3301</v>
       </c>
       <c r="G13" s="12">
         <v>0.318</v>
       </c>
     </row>