--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1211,93 +1211,93 @@
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B8" s="14">
         <v>35.5</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="17">
-        <v>24.42</v>
+        <v>24.63</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B12" s="17">
-        <v>16.97</v>
+        <v>17.34</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="17">
-        <v>20.059999999999999</v>
+        <v>20.45</v>
       </c>
     </row>
     <row r="14" spans="1:2" customHeight="1" ht="28.8">
       <c r="A14" s="15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="17">
-        <v>9.79</v>
+        <v>9.95</v>
       </c>
     </row>
     <row r="16" spans="1:2" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="17">
-        <v>10.35</v>
+        <v>10.52</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>