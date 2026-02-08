--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -772,51 +772,51 @@
       </c>
       <c r="C16" s="9">
         <v>20.87</v>
       </c>
       <c r="D16" s="9">
         <v>0.0</v>
       </c>
       <c r="E16" s="9">
         <v>0.0</v>
       </c>
       <c r="F16" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
         <v>12.96</v>
       </c>
       <c r="C17" s="9">
         <v>12.9</v>
       </c>
       <c r="D17" s="9">
-        <v>11.43</v>
+        <v>0.0</v>
       </c>
       <c r="E17" s="9">
         <v>0.0</v>
       </c>
       <c r="F17" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="28.8">
       <c r="A18" s="12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="9">
         <v>19.51</v>
       </c>
       <c r="C19" s="9">
         <v>19.52</v>
       </c>
       <c r="D19" s="9">
         <v>0.0</v>