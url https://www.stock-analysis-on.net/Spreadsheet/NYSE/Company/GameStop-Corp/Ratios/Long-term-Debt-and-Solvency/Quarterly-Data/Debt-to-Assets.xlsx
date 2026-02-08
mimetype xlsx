--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1110,60 +1110,60 @@
       <c r="G17" s="14">
         <v>0.15</v>
       </c>
       <c r="H17" s="14">
         <v>0.16</v>
       </c>
       <c r="I17" s="14">
         <v>0.17</v>
       </c>
       <c r="J17" s="14">
         <v>0.18</v>
       </c>
       <c r="K17" s="14">
         <v>0.19</v>
       </c>
       <c r="L17" s="14">
         <v>0.19</v>
       </c>
       <c r="M17" s="14">
         <v>0.19</v>
       </c>
       <c r="N17" s="14">
         <v>0.17</v>
       </c>
       <c r="O17" s="14">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="P17" s="14">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="Q17" s="14">
-        <v>0.21</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="14">
-        <v>0.19</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="14">
         <v>0.0</v>
       </c>
       <c r="T17" s="14">
         <v>0.0</v>
       </c>
       <c r="U17" s="14">
         <v>0.0</v>
       </c>
       <c r="V17" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="14">
         <v>0.54</v>
       </c>
       <c r="C18" s="14">
         <v>0.58</v>
       </c>
       <c r="D18" s="14">