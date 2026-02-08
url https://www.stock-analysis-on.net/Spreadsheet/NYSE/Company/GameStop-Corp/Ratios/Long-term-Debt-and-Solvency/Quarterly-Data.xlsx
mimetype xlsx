--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1847,60 +1847,60 @@
       <c r="G17" s="8">
         <v>0.39</v>
       </c>
       <c r="H17" s="8">
         <v>0.43</v>
       </c>
       <c r="I17" s="8">
         <v>0.48</v>
       </c>
       <c r="J17" s="8">
         <v>0.54</v>
       </c>
       <c r="K17" s="8">
         <v>0.59</v>
       </c>
       <c r="L17" s="8">
         <v>0.58</v>
       </c>
       <c r="M17" s="8">
         <v>0.62</v>
       </c>
       <c r="N17" s="8">
         <v>0.53</v>
       </c>
       <c r="O17" s="8">
-        <v>0.54</v>
+        <v>0.0</v>
       </c>
       <c r="P17" s="8">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="Q17" s="8">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="8">
-        <v>0.58</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="8">
         <v>0.0</v>
       </c>
       <c r="T17" s="8">
         <v>0.0</v>
       </c>
       <c r="U17" s="8">
         <v>0.0</v>
       </c>
       <c r="V17" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="8">
         <v>23.53</v>
       </c>
       <c r="C18" s="8">
         <v>42.25</v>
       </c>
       <c r="D18" s="8">
@@ -2881,60 +2881,60 @@
       <c r="G20" s="8">
         <v>0.77</v>
       </c>
       <c r="H20" s="8">
         <v>0.84</v>
       </c>
       <c r="I20" s="8">
         <v>0.91</v>
       </c>
       <c r="J20" s="8">
         <v>1.0</v>
       </c>
       <c r="K20" s="8">
         <v>1.06</v>
       </c>
       <c r="L20" s="8">
         <v>1.05</v>
       </c>
       <c r="M20" s="8">
         <v>1.08</v>
       </c>
       <c r="N20" s="8">
         <v>0.97</v>
       </c>
       <c r="O20" s="8">
-        <v>0.96</v>
+        <v>0.0</v>
       </c>
       <c r="P20" s="8">
-        <v>1.07</v>
+        <v>0.0</v>
       </c>
       <c r="Q20" s="8">
-        <v>1.07</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="8">
-        <v>0.98</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="8">
         <v>0.0</v>
       </c>
       <c r="T20" s="8">
         <v>0.0</v>
       </c>
       <c r="U20" s="8">
         <v>0.0</v>
       </c>
       <c r="V20" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>28.030000000000001</v>
       </c>
       <c r="C21" s="8">
         <v>50.039999999999999</v>
       </c>
       <c r="D21" s="8">
@@ -3779,60 +3779,60 @@
       <c r="G17" s="8">
         <v>0.28</v>
       </c>
       <c r="H17" s="8">
         <v>0.3</v>
       </c>
       <c r="I17" s="8">
         <v>0.32</v>
       </c>
       <c r="J17" s="8">
         <v>0.35</v>
       </c>
       <c r="K17" s="8">
         <v>0.37</v>
       </c>
       <c r="L17" s="8">
         <v>0.37</v>
       </c>
       <c r="M17" s="8">
         <v>0.38</v>
       </c>
       <c r="N17" s="8">
         <v>0.35</v>
       </c>
       <c r="O17" s="8">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="P17" s="8">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="Q17" s="8">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="8">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="8">
         <v>0.0</v>
       </c>
       <c r="T17" s="8">
         <v>0.0</v>
       </c>
       <c r="U17" s="8">
         <v>0.0</v>
       </c>
       <c r="V17" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="8">
         <v>0.96</v>
       </c>
       <c r="C18" s="8">
         <v>0.98</v>
       </c>
       <c r="D18" s="8">
@@ -4881,60 +4881,60 @@
       <c r="G20" s="8">
         <v>0.43</v>
       </c>
       <c r="H20" s="8">
         <v>0.46</v>
       </c>
       <c r="I20" s="8">
         <v>0.48</v>
       </c>
       <c r="J20" s="8">
         <v>0.5</v>
       </c>
       <c r="K20" s="8">
         <v>0.51</v>
       </c>
       <c r="L20" s="8">
         <v>0.51</v>
       </c>
       <c r="M20" s="8">
         <v>0.52</v>
       </c>
       <c r="N20" s="8">
         <v>0.49</v>
       </c>
       <c r="O20" s="8">
-        <v>0.49</v>
+        <v>0.0</v>
       </c>
       <c r="P20" s="8">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="Q20" s="8">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="8">
-        <v>0.49</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="8">
         <v>0.0</v>
       </c>
       <c r="T20" s="8">
         <v>0.0</v>
       </c>
       <c r="U20" s="8">
         <v>0.0</v>
       </c>
       <c r="V20" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>0.97</v>
       </c>
       <c r="C21" s="8">
         <v>0.98</v>
       </c>
       <c r="D21" s="8">
@@ -5711,60 +5711,60 @@
       <c r="G17" s="8">
         <v>0.15</v>
       </c>
       <c r="H17" s="8">
         <v>0.16</v>
       </c>
       <c r="I17" s="8">
         <v>0.17</v>
       </c>
       <c r="J17" s="8">
         <v>0.18</v>
       </c>
       <c r="K17" s="8">
         <v>0.19</v>
       </c>
       <c r="L17" s="8">
         <v>0.19</v>
       </c>
       <c r="M17" s="8">
         <v>0.19</v>
       </c>
       <c r="N17" s="8">
         <v>0.17</v>
       </c>
       <c r="O17" s="8">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="P17" s="8">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="Q17" s="8">
-        <v>0.21</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="8">
-        <v>0.19</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="8">
         <v>0.0</v>
       </c>
       <c r="T17" s="8">
         <v>0.0</v>
       </c>
       <c r="U17" s="8">
         <v>0.0</v>
       </c>
       <c r="V17" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="8">
         <v>0.54</v>
       </c>
       <c r="C18" s="8">
         <v>0.58</v>
       </c>
       <c r="D18" s="8">
@@ -6745,60 +6745,60 @@
       <c r="G20" s="8">
         <v>0.29</v>
       </c>
       <c r="H20" s="8">
         <v>0.32</v>
       </c>
       <c r="I20" s="8">
         <v>0.32</v>
       </c>
       <c r="J20" s="8">
         <v>0.33</v>
       </c>
       <c r="K20" s="8">
         <v>0.33</v>
       </c>
       <c r="L20" s="8">
         <v>0.34</v>
       </c>
       <c r="M20" s="8">
         <v>0.34</v>
       </c>
       <c r="N20" s="8">
         <v>0.32</v>
       </c>
       <c r="O20" s="8">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="P20" s="8">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="Q20" s="8">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="8">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="8">
         <v>0.0</v>
       </c>
       <c r="T20" s="8">
         <v>0.0</v>
       </c>
       <c r="U20" s="8">
         <v>0.0</v>
       </c>
       <c r="V20" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="8">
         <v>0.64</v>
       </c>
       <c r="C21" s="8">
         <v>0.68</v>
       </c>
       <c r="D21" s="8">
@@ -7371,60 +7371,60 @@
       <c r="G13" s="8">
         <v>2.61</v>
       </c>
       <c r="H13" s="8">
         <v>2.66</v>
       </c>
       <c r="I13" s="8">
         <v>2.83</v>
       </c>
       <c r="J13" s="8">
         <v>3.0099999999999998</v>
       </c>
       <c r="K13" s="8">
         <v>3.17</v>
       </c>
       <c r="L13" s="8">
         <v>3.12</v>
       </c>
       <c r="M13" s="8">
         <v>3.19</v>
       </c>
       <c r="N13" s="8">
         <v>3.07</v>
       </c>
       <c r="O13" s="8">
-        <v>3.04</v>
+        <v>0.0</v>
       </c>
       <c r="P13" s="8">
-        <v>3.17</v>
+        <v>0.0</v>
       </c>
       <c r="Q13" s="8">
-        <v>3.14</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="8">
-        <v>3.13</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
       <c r="U13" s="8">
         <v>0.0</v>
       </c>
       <c r="V13" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:22">
       <c r="A14" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="8">
         <v>43.53</v>
       </c>
       <c r="C14" s="8">
         <v>73.3</v>
       </c>
       <c r="D14" s="8">