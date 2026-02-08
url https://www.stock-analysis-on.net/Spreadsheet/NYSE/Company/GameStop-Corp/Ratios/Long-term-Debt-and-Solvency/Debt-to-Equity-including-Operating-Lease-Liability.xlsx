--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -843,51 +843,51 @@
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="28.8">
       <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="14">
         <v>0.52</v>
       </c>
       <c r="C19" s="14">
         <v>0.77</v>
       </c>
       <c r="D19" s="14">
         <v>1.06</v>
       </c>
       <c r="E19" s="14">
         <v>0.96</v>
       </c>
       <c r="F19" s="14">
-        <v>1.08</v>
+        <v>0.0</v>
       </c>
       <c r="G19" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="14">
         <v>50.039999999999999</v>
       </c>
       <c r="C20" s="14">
         <v>32.24</v>
       </c>
       <c r="D20" s="14">
         <v>0.0</v>
       </c>
       <c r="E20" s="14">
         <v>13.16</v>
       </c>
       <c r="F20" s="14">
         <v>0.0</v>
       </c>
       <c r="G20" s="14">