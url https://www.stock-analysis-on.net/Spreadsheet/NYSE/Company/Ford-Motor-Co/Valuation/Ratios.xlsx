--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -809,151 +809,151 @@
         <v>11.25</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="10">
         <v>9.35</v>
       </c>
       <c r="C16" s="10">
         <v>23.95</v>
       </c>
       <c r="D16" s="10">
         <v>406.61000000000001</v>
       </c>
       <c r="E16" s="10">
         <v>83.030000000000001</v>
       </c>
       <c r="F16" s="10">
-        <v>39.99</v>
+        <v>40.049999999999997</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="10">
         <v>9.23</v>
       </c>
       <c r="C17" s="10">
         <v>21.37</v>
       </c>
       <c r="D17" s="10">
         <v>350.62</v>
       </c>
       <c r="E17" s="10">
         <v>72.48</v>
       </c>
       <c r="F17" s="10">
-        <v>32.76</v>
+        <v>32.82</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="10">
         <v>6.91</v>
       </c>
       <c r="C18" s="10">
         <v>1.99</v>
       </c>
       <c r="D18" s="10">
         <v>25.47</v>
       </c>
       <c r="E18" s="10">
         <v>5.7</v>
       </c>
       <c r="F18" s="10">
-        <v>1.81</v>
+        <v>1.82</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="10">
         <v>10.54</v>
       </c>
       <c r="C19" s="10">
         <v>26.18</v>
       </c>
       <c r="D19" s="10">
         <v>354.23000000000002</v>
       </c>
       <c r="E19" s="10">
         <v>66.73999999999999</v>
       </c>
       <c r="F19" s="10">
-        <v>31.98</v>
+        <v>32.030000000000001</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="10">
         <v>0.32</v>
       </c>
       <c r="C20" s="10">
         <v>0.45</v>
       </c>
       <c r="D20" s="10">
         <v>16.27</v>
       </c>
       <c r="E20" s="10">
         <v>3.79</v>
       </c>
       <c r="F20" s="10">
         <v>3.51</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="10">
         <v>1.23</v>
       </c>
       <c r="C21" s="10">
         <v>1.25</v>
       </c>
       <c r="D21" s="10">
         <v>18.78</v>
       </c>
       <c r="E21" s="10">
         <v>9.26</v>
       </c>
       <c r="F21" s="10">
-        <v>11.27</v>
+        <v>11.28</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F9"/>